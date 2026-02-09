--- v0 (2025-10-30)
+++ v1 (2026-02-09)
@@ -199,51 +199,51 @@
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="true" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>CartoSanté</t>
         </is>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
     </row>
     <row collapsed="" customFormat="true" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>Liste des indicateurs disponibles au 30-10-2025</t>
+          <t>Liste des indicateurs disponibles au 09-02-2026</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
     </row>
     <row collapsed="" customFormat="true" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Arborescence de thèmes</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Libellé</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>Source</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Niveaux géographiques</t>
@@ -646,6822 +646,6818 @@
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Répartition des généralistes libéraux par tranche d'âge</t>
+          <t>Nombre de médecins généralistes libéraux par tranche d'âge en activité au 31/12/NN</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Part de femmes omnipraticiens libérales</t>
+          <t>Répartition des généralistes libéraux par tranche d'âge</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Part des MG avec MEP (Mode d'Exercice Particulier)</t>
+          <t>Part de femmes omnipraticiens libérales</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Densité d'omnipraticiens libéraux pour 10 000 hab.</t>
+          <t>Part des MG avec MEP (Mode d'Exercice Particulier)</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>FNPS - INSEE</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Evolution du nombre d'omnipraticiens libéraux sur 5 ans</t>
+          <t>Densité d'omnipraticiens libéraux pour 10 000 hab.</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>FNPS - INSEE</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Zonage conventionnel des médecins généralistes</t>
+          <t>Evolution du nombre d'omnipraticiens libéraux sur 5 ans</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>ARS</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
-[...2 lines deleted...]
-      <c r="E25" s="1"/>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Accessibilité Potentielle Localisée médecins généralistes</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>DREES - IRDES</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>APL médecins généralistes de 65 ans et moins</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t>DREES - IRDES</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
           <t>2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Nombre de pharmacies au 31/12</t>
+          <t>Nombre de Maisons de Santé Pluriprofessionnelles</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>FINESS</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nombre de Maisons de Santé Pluriprofessionnelles</t>
+          <t>Nombre de centres de santé polyvalents</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>FINESS</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Médecins généralistes &gt; Offre de soins</t>
+          <t>Autres professions &gt; Ophtalmologues &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Nombre de centres de santé polyvalents</t>
+          <t>Répartition des ophtalmologues libéraux par tranche d'âge</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>FINESS</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'ophtalmologues libéraux en cabinet principal au 31/12</t>
+          <t>Nombre d'ophtalmologues libéraux par secteur conventionnel au 31/12</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Répartition des ophtalmologues libéraux par tranche d'âge</t>
+          <t>Part des femmes ophtalmologues libérales</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'ophtalmologues libéraux par secteur conventionnel au 31/12</t>
+          <t>Densité des ophtalmologues libéraux pour 100 000 habitants</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>FNPS - INSEE</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Part des femmes ophtalmologues libérales</t>
+          <t>Evolution du nombre d'ophtalmologues libéraux sur 5 ans</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Densité des ophtalmologues libéraux pour 100 000 habitants</t>
+          <t>Zonage conventionnel des médecins généralistes</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>FNPS - INSEE</t>
+          <t>ARS</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
-[...6 lines deleted...]
-      </c>
+          <t>commune et arrondissement, commune</t>
+        </is>
+      </c>
+      <c r="E35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Evolution du nombre d'ophtalmologues libéraux sur 5 ans</t>
+          <t>Zonage conventionnel des médecins généralistes - QPV</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>ARS</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
-[...6 lines deleted...]
-      </c>
+          <t>commune et arrondissement, commune</t>
+        </is>
+      </c>
+      <c r="E36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'orthoptistes libéraux au 31/12</t>
+          <t>Zonage conventionnel MG La Réunion</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>ARS</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
-[...6 lines deleted...]
-      </c>
+          <t>grand quartier</t>
+        </is>
+      </c>
+      <c r="E37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Nombre de magasins d'optique au 31/12</t>
+          <t>Nombre d'orthoptistes libéraux au 31/12</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Densité des magasins d'optique pour 10 000 habitants</t>
+          <t>Nombre de magasins d'optique au 31/12</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>FNPS - INSEE</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>canton-ville, EPCI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Nombre de cabinets secondaires d'ophtalmologues au 31/12</t>
+          <t>Densité des magasins d'optique pour 10 000 habitants</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>FNPS - INSEE</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>canton-ville, EPCI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Nombre de plateaux techniques en ophtalmologie</t>
+          <t>Nombre de cabinets secondaires d'ophtalmologues au 31/12</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>PMSI</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Statuts juridiques des plateaux techniques ophtalmologiques</t>
+          <t>Nombre de plateaux techniques en ophtalmologie</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>SNDS - FINESS</t>
+          <t>PMSI</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Nombre de centres de santé en ophtalmologie</t>
+          <t>Statuts juridiques des plateaux techniques ophtalmologiques</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS - FINESS</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020</t>
+          <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Médecins généralistes &gt; Activité libérale + centres de santé</t>
+          <t>Autres professions &gt; Ophtalmologues &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Nombre de généralistes libéraux actifs toute l'année</t>
+          <t>Nombre de centres de santé en ophtalmologie</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
+          <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Nombre total d'actes produits par les généralistes libéraux actifs</t>
+          <t>Nombre de généralistes libéraux actifs toute l'année</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Nombre moyen d'actes (C&amp;V) par généraliste libéral actif</t>
+          <t>Nombre total d'actes produits par les généralistes libéraux actifs</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes généralistes réalisés par les centres de santé</t>
+          <t>Nombre moyen d'actes (C&amp;V) par généraliste libéral actif</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Part des actes de généralistes réalisés (en termes de nombre) par les CDS dans l'activité totale (libérale + CDS)</t>
+          <t>Nombre d'actes généralistes réalisés par les centres de santé</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Ophtalmologues &gt; Activité libérale + centres de santé</t>
+          <t>1er recours &gt; Médecins généralistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'ophtalmologues libéraux actifs toute l'année (cabinets principaux)</t>
+          <t>Part des actes de généralistes réalisés (en termes de nombre) par les CDS dans l'activité totale (libérale + CDS)</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes produits par les ophtalmologues libéraux actifs</t>
+          <t>Nombre d'ophtalmologues libéraux actifs toute l'année (cabinets principaux)</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Activité moyenne par ophtalmologue libéral actif toute l'année</t>
+          <t>Nombre d'actes produits par les ophtalmologues libéraux actifs</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Nombre de séances d'ophtalmologue par lieu d'exercice</t>
+          <t>Activité moyenne par ophtalmologue libéral actif toute l'année</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Activité moyenne par ophtalmologue libéral et par lieu d'exercice (en nombre de séances)</t>
+          <t>Nombre de séances d'ophtalmologue par lieu d'exercice</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Nombre de séances d'ophtalmologie réalisées par des Centres de Santé</t>
+          <t>Activité moyenne par ophtalmologue libéral et par lieu d'exercice (en nombre de séances)</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Part des séances d'ophtalmologue des Centres de santé dans l'activité totale (nbre séances CDS + Nbre séances lib.)</t>
+          <t>Nombre de séances d'ophtalmologie réalisées par des Centres de Santé</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes d'orthoptie réalisés par les Centres de Santé</t>
+          <t>Part des séances d'ophtalmologue des Centres de santé dans l'activité totale (nbre séances CDS + Nbre séances lib.)</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes (AMY et TMY) réalisés par des orthoptistes salariés d'ophtalmologues libéraux</t>
+          <t>Nombre d'actes d'orthoptie réalisés par les Centres de Santé</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Nombre actes de chirurgie (ADC)</t>
+          <t>Nombre d'actes (AMY et TMY) réalisés par des orthoptistes salariés d'ophtalmologues libéraux</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes CCAM par pathologie</t>
+          <t>Nombre actes de chirurgie (ADC)</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Médecins généralistes &gt; Accès aux soins libéraux</t>
+          <t>Autres professions &gt; Ophtalmologues &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Distance au plus proche généraliste libéral</t>
+          <t>Nombre d'actes CCAM par pathologie</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t>SNDS - ARS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Temps d'accès au médecin généraliste libéral le plus proche en minutes</t>
+          <t>Distance au plus proche généraliste libéral</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t>FNPS - INSEE-Distancier METRIC / Calculs ARS</t>
+          <t>SNDS - ARS</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Pôles d'attraction des médecins généralistes</t>
+          <t>Temps d'accès au médecin généraliste libéral le plus proche en minutes</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS - INSEE-Distancier METRIC / Calculs ARS</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Consommation intra-communale généralistes</t>
+          <t>Pôles d'attraction des médecins généralistes</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Médecins généralistes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes intra-communaux généralistes consommés</t>
+          <t>Consommation intra-communale généralistes</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Ophtalmologues &gt; Accès aux soins libéraux</t>
+          <t>1er recours &gt; Médecins généralistes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Distance au plus proche ophtalmologue libéral</t>
+          <t>Nombre d'actes intra-communaux généralistes consommés</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t>FNPS - METRIC</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E65" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Temps d'accès à l'ophtalmologue libéral le plus proche</t>
+          <t>Distance au plus proche ophtalmologue libéral</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
           <t>FNPS - METRIC</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Pôles d'attraction des ophtalmologues libéraux</t>
+          <t>Temps d'accès à l'ophtalmologue libéral le plus proche</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS - METRIC</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Part de consommation intra-communale d'actes d'ophtalmologues</t>
+          <t>Pôles d'attraction des ophtalmologues libéraux</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune et arrondissement</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Ophtalmologues &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes d'ophtalmologues libéraux intra-communaux consommés</t>
+          <t>Part de consommation intra-communale d'actes d'ophtalmologues</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Infirmiers &gt; Consommation de soins libérale</t>
+          <t>Autres professions &gt; Ophtalmologues &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires pour les actes infirmiers</t>
+          <t>Nombre d'actes d'ophtalmologues libéraux intra-communaux consommés</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E70" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
+          <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Part des bénéficiaires de soins inf. dans la pop</t>
+          <t>Nombre de bénéficiaires pour les actes infirmiers</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>SNDS - INSEE</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Répartition des bénéficiaires d'actes infirmiers par tranche d'âge</t>
+          <t>Part des bénéficiaires de soins inf. dans la pop</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS - INSEE</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes infirmiers consommés (AIS+AMI)</t>
+          <t>Répartition des bénéficiaires d'actes infirmiers par tranche d'âge</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E73" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Répartition des actes infirmiers par tranche d'âge de bénéficiaires</t>
+          <t>Nombre d'actes infirmiers consommés (AIS+AMI)</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Nombre moyen d'actes infirmiers consommés par bénéficiaire infirmier</t>
+          <t>Répartition des actes infirmiers par tranche d'âge de bénéficiaires</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ratio bénéficiaires infirmiers / bénéficiaires généralistes</t>
+          <t>Nombre moyen d'actes infirmiers consommés par bénéficiaire infirmier</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Part des bénéficiaires de soins AIS parmi l'ensemble des bénéficiaires de soins infirmiers</t>
+          <t>Ratio bénéficiaires infirmiers / bénéficiaires généralistes</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Part des actes en AIS dans la consommation</t>
+          <t>Part des bénéficiaires de soins AIS parmi l'ensemble des bénéficiaires de soins infirmiers</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E78" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires de forfaits dépendance légers (BSA)</t>
+          <t>Part des actes en AIS dans la consommation</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E79" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires de forfaits dépendance intermédiaires (BSB)</t>
+          <t>Nombre de bénéficiaires de forfaits dépendance légers (BSA)</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E80" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires de forfaits dépendance lourds (BSC)</t>
+          <t>Nombre de bénéficiaires de forfaits dépendance intermédiaires (BSB)</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Orthoptistes &gt; Consommation de soins libérale</t>
+          <t>1er recours &gt; Infirmiers &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires de soins d'orthoptie</t>
+          <t>Nombre de bénéficiaires de forfaits dépendance lourds (BSC)</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E82" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Part des bénéficiaires de soins d'orthoptie dans la population</t>
+          <t>Nombre de bénéficiaires de soins d'orthoptie</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E83" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Part des bénéficiaires de soins d'orthoptie par tranche d'âge de bénéficiaires</t>
+          <t>Part des bénéficiaires de soins d'orthoptie dans la population</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E84" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes consommés d'orthoptistes par tranche d'âge des bénéficiaires</t>
+          <t>Part des bénéficiaires de soins d'orthoptie par tranche d'âge de bénéficiaires</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E85" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Répartition des actes d'orthoptistes par tranche d'âge de bénéficiaires</t>
+          <t>Nombre d'actes consommés d'orthoptistes par tranche d'âge des bénéficiaires</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E86" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Consommation moyenne d'actes d'orthoptistes par bénéficiaire</t>
+          <t>Répartition des actes d'orthoptistes par tranche d'âge de bénéficiaires</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E87" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ratio bénéficiaires orthoptistes / bénéficiaires généralistes.</t>
+          <t>Consommation moyenne d'actes d'orthoptistes par bénéficiaire</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E88" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ratio bénéficiaires d'orthoptie / bénéficiaires ophtalmologues</t>
+          <t>Ratio bénéficiaires orthoptistes / bénéficiaires généralistes.</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E89" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ratio bénéficiaires d'orthoptie de 0 à 16 ans  / bénéficiaires pédiatre de 0 à 16 ans</t>
+          <t>Ratio bénéficiaires d'orthoptie / bénéficiaires ophtalmologues</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Infirmiers &gt; Offre de soins</t>
+          <t>Autres professions &gt; Orthoptistes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'infirmiers libéraux par tranches d'âge en activité au 31/12/NN</t>
+          <t>Ratio bénéficiaires d'orthoptie de 0 à 16 ans  / bénéficiaires pédiatre de 0 à 16 ans</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E91" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
+          <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Répartition des infirmiers libéraux par tranche d'âge</t>
+          <t>Nombre d'infirmiers libéraux par tranches d'âge en activité au 31/12/NN</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Densité d'infirmiers libéraux pour 10 000 hab.</t>
+          <t>Répartition des infirmiers libéraux par tranche d'âge</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>FNPS - INSEE</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
-          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Evolution du nombre d'infirmiers libéraux sur 5 ans</t>
+          <t>Densité d'infirmiers libéraux pour 10 000 hab.</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>FNPS - INSEE</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Accessibilité Potentielle Localisée -  infirmiers 65 ans et moins</t>
+          <t>Evolution du nombre d'infirmiers libéraux sur 5 ans</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>DREES - IRDES</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E95" s="1" t="inlineStr">
         <is>
-          <t>2023, 2022, 2021</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'infirmiers en pratique avancée libéraux</t>
+          <t>Zonage conventionnel des infirmiers</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>CNAMTS - ARS</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
-[...6 lines deleted...]
-      </c>
+          <t>commune et arrondissement, commune</t>
+        </is>
+      </c>
+      <c r="E96" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Nombre de SSIAD</t>
+          <t>Accessibilité Potentielle Localisée -  infirmiers 65 ans et moins</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>FINESS</t>
+          <t>DREES - IRDES</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E97" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Nombre de Centres de Soins Infirmiers et Polyvalents</t>
+          <t>Nombre d'infirmiers en pratique avancée libéraux</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>FINESS</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Nombre de cabinets secondaires infirmiers libéraux</t>
+          <t>Nombre de SSIAD</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>FINESS</t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E99" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
+          <t>1er recours &gt; Infirmiers &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'orthoptistes libéraux au 31/12</t>
+          <t>Nombre de Centres de Soins Infirmiers et Polyvalents</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FINESS</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
+          <t>1er recours &gt; Infirmiers &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Répartition des orthoptistes libéraux par tranche d'âge</t>
+          <t>Nombre de cabinets secondaires infirmiers libéraux</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E101" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Part des femmes orthoptistes libérales</t>
+          <t>Nombre d'orthoptistes libéraux au 31/12</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D102" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E102" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Evolution du nombre d'orthoptistes libéraux sur 5 ans</t>
+          <t>Répartition des orthoptistes libéraux par tranche d'âge</t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E103" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Nombre de cabinets secondaires d'orthoptistes libéraux</t>
+          <t>Part des femmes orthoptistes libérales</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E104" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Densité des orthoptistes libéraux pour 100 000 hab.</t>
+          <t>Nombre d'orthophonistes libéraux par tranche d'âge en activité au 31/12/NN</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t>FNPS - INSEE</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E105" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'orthoptistes salariés au 31/12</t>
+          <t>Evolution du nombre d'orthoptistes libéraux sur 5 ans</t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t>ADELI</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D106" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E106" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Nombre de médecins généralistes libéraux par tranche d'âge en activité au 31/12/NN</t>
+          <t>Nombre de cabinets secondaires d'orthoptistes libéraux</t>
         </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D107" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E107" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Nombre de pédiatres libéraux au 31/12/AA</t>
+          <t>Densité des orthoptistes libéraux pour 100 000 hab.</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
-          <t>SNDS (FNPS)</t>
+          <t>FNPS - INSEE</t>
         </is>
       </c>
       <c r="D108" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E108" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Nombre de neurologues libéraux au 31/12/NN</t>
+          <t>Nombre d'orthoptistes salariés au 31/12</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>ADELI</t>
         </is>
       </c>
       <c r="D109" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E109" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Nombre de masseurs-kinésithérapeutes libéraux par tranche d'âge en activité au 31/12/NN</t>
+          <t>Nombre de pédiatres libéraux au 31/12/AA</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>SNDS (FNPS)</t>
         </is>
       </c>
       <c r="D110" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E110" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Nombre de podologues libéraux au 31/12</t>
+          <t>Nombre de neurologues libéraux au 31/12/NN</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E111" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Nombre de psychomotriciens (libéraux ou salariés) au 31/12</t>
+          <t>Nombre d'ophtalmologues libéraux en cabinet principal au 31/12</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t>ADELI</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D112" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E112" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'ergothérapeutes (libéraux ou salariés) au 31/12</t>
+          <t>Nombre de masseurs-kinésithérapeutes libéraux par tranche d'âge en activité au 31/12/NN</t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t>ADELI</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D113" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E113" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'Institut médico-éducatifs au 31/12/</t>
+          <t>Nombre de podologues libéraux au 31/12</t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t>FINESS</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D114" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E114" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Nombre d' instituts d'éducation motrice au 31/12/</t>
+          <t>Nombre de psychomotriciens (libéraux ou salariés) au 31/12</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t>FINESS</t>
+          <t>ADELI</t>
         </is>
       </c>
       <c r="D115" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E115" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'instituts pour déficients sensoriels (visuels,  auditifs, instituts d'éducation sensorielle sourd/aveugle) au 31/12/</t>
+          <t>Nombre d'ergothérapeutes (libéraux ou salariés) au 31/12</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t>FINESS</t>
+          <t>ADELI</t>
         </is>
       </c>
       <c r="D116" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E116" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
+          <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'orthoptistes libéraux actifs toute l'année</t>
+          <t>Nombre d'Institut médico-éducatifs au 31/12/</t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FINESS</t>
         </is>
       </c>
       <c r="D117" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E117" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020</t>
+          <t>2024, 2023, 2022</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
+          <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes produits par les orthoptistes libéraux actifs toute l'année</t>
+          <t>Nombre d' instituts d'éducation motrice au 31/12/</t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FINESS</t>
         </is>
       </c>
       <c r="D118" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E118" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020</t>
+          <t>2024, 2023, 2022</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
+          <t>Autres professions &gt; Orthoptistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'AMY produits par les orthoptistes libéraux actifs</t>
+          <t>Nombre d'instituts pour déficients sensoriels (visuels,  auditifs, instituts d'éducation sensorielle sourd/aveugle) au 31/12/</t>
         </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FINESS</t>
         </is>
       </c>
       <c r="D119" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E119" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020</t>
+          <t>2024, 2023, 2022</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Nombre de TMY produits par les orthoptistes libéraux actifs</t>
+          <t>Nombre d'orthoptistes libéraux actifs toute l'année</t>
         </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D120" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E120" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Nombre de coefficients AMY produits par les orthoptistes libéraux actifs toute l'année</t>
+          <t>Nombre d'actes produits par les orthoptistes libéraux actifs toute l'année</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D121" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E121" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Part des télésoins (TMY) dans l'activité totale</t>
+          <t>Nombre d'AMY produits par les orthoptistes libéraux actifs</t>
         </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D122" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E122" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Nombre de forfaits RNM facturés par les orthoptistes libéraux actifs</t>
+          <t>Nombre de TMY produits par les orthoptistes libéraux actifs</t>
         </is>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D123" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E123" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Nombre de RNO facturés par les orthoptistes libéraux actifs</t>
+          <t>Nombre de coefficients AMY produits par les orthoptistes libéraux actifs toute l'année</t>
         </is>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D124" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E124" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Activité moyenne par orthoptiste libéral actif en nombre d'actes</t>
+          <t>Part des télésoins (TMY) dans l'activité totale</t>
         </is>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D125" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E125" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Activité moyenne par orthoptiste libéral actif en terme de coefficients</t>
+          <t>Nombre de forfaits RNM facturés par les orthoptistes libéraux actifs</t>
         </is>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D126" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E126" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Part des déplacements dans le total des honoraires des orthoptistes libéraux actifs</t>
+          <t>Nombre de RNO facturés par les orthoptistes libéraux actifs</t>
         </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D127" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E127" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'AMY d'orthoptistes réalisés par des Centres de Santé</t>
+          <t>Activité moyenne par orthoptiste libéral actif en nombre d'actes</t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D128" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E128" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Coefficients AMY produits par des centres de santé</t>
+          <t>Activité moyenne par orthoptiste libéral actif en terme de coefficients</t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D129" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E129" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Part des AMY orthopt. réalisés (en termes de nbre) par les centres de santé dans l'activité totale (libérale + CDS)</t>
+          <t>Part des déplacements dans le total des honoraires des orthoptistes libéraux actifs</t>
         </is>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D130" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E130" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Part des AMY orthopt. réalisés (en termes de coefficients) par les centres de santé dans l'activité totale (libérale + CDS)</t>
+          <t>Nombre d'AMY d'orthoptistes réalisés par des Centres de Santé</t>
         </is>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D131" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E131" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Nombre de RNM orthoptistes réalisés par les CDS</t>
+          <t>Coefficients AMY produits par des centres de santé</t>
         </is>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D132" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E132" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Nombre de RNO orthoptistes réalisés par les CDS</t>
+          <t>Part des AMY orthopt. réalisés (en termes de nbre) par les centres de santé dans l'activité totale (libérale + CDS)</t>
         </is>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D133" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E133" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Nombre de forfaits FOT produits par les orthoptistes libéraux actifs</t>
+          <t>Part des AMY orthopt. réalisés (en termes de coefficients) par les centres de santé dans l'activité totale (libérale + CDS)</t>
         </is>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D134" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E134" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
+          <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'infirmiers libéraux actifs toute l'année</t>
+          <t>Nombre de RNM orthoptistes réalisés par les CDS</t>
         </is>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D135" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E135" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
+          <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
+          <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Nombre total d'actes (AIS+AMI+AMX) produits par les infirmiers libéraux actifs</t>
+          <t>Nombre de RNO orthoptistes réalisés par les CDS</t>
         </is>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D136" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E136" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
+          <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
+          <t>Autres professions &gt; Orthoptistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes AIS produits par les infirmiers libéraux actifs</t>
+          <t>Nombre de forfaits FOT produits par les orthoptistes libéraux actifs</t>
         </is>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D137" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E137" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
+          <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes AMX produits par les infirmiers libéraux</t>
+          <t>Nombre d'infirmiers libéraux actifs toute l'année</t>
         </is>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D138" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E138" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Somme des coefficients AIS AMI AMX produits par des infimiers libéraux</t>
+          <t>Nombre total d'actes (AIS+AMI+AMX) produits par les infirmiers libéraux actifs</t>
         </is>
       </c>
       <c r="C139" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D139" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E139" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Nombre de forfaits dépendance légers (BSA) facturés par infirmiers libéraux</t>
+          <t>Nombre d'actes AIS produits par les infirmiers libéraux actifs</t>
         </is>
       </c>
       <c r="C140" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D140" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E140" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Nombre de forfaits dépendance intermédiaires (BSB) facturés par infirmiers libéraux</t>
+          <t>Nombre d'actes AMX produits par les infirmiers libéraux</t>
         </is>
       </c>
       <c r="C141" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D141" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E141" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Nombre de forfaits dépendance lourds (BSC) facturés par infirmiers libéraux</t>
+          <t>Somme des coefficients AIS AMI AMX produits par des infimiers libéraux</t>
         </is>
       </c>
       <c r="C142" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D142" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E142" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Nombre moyen d'actes (AIS+AMI+AMX) par infirmier libéral actif</t>
+          <t>Nombre de forfaits dépendance légers (BSA) facturés par infirmiers libéraux</t>
         </is>
       </c>
       <c r="C143" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D143" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E143" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Activité moyenne par infirmier libéral en termes de coefficient (AIS+AMI+AMX)</t>
+          <t>Nombre de forfaits dépendance intermédiaires (BSB) facturés par infirmiers libéraux</t>
         </is>
       </c>
       <c r="C144" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D144" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E144" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Coefficients AIS produits par les infimiers libéraux actifs</t>
+          <t>Nombre de forfaits dépendance lourds (BSC) facturés par infirmiers libéraux</t>
         </is>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D145" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E145" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Part de l'activité AIS (en terme de coefficient) dans l'activité totale des infirmiers libéraux actifs</t>
+          <t>Nombre moyen d'actes (AIS+AMI+AMX) par infirmier libéral actif</t>
         </is>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D146" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E146" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Part des indemnités de déplacements dans les honoraires deds infirmiers libéraux actifs</t>
+          <t>Activité moyenne par infirmier libéral en termes de coefficient (AIS+AMI+AMX)</t>
         </is>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D147" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E147" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes (AMI+AIS) produits par les centres de soins infirmiers ou polyvalents</t>
+          <t>Coefficients AIS produits par les infimiers libéraux actifs</t>
         </is>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D148" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E148" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Total des coefficients (AMI+AIS) des centres de soins infirmiers ou polyvalents</t>
+          <t>Part de l'activité AIS (en terme de coefficient) dans l'activité totale des infirmiers libéraux actifs</t>
         </is>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D149" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E149" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Part des actes infirmiers réalisés (en termes de nbre) par les centres de soins infirmiers ou polyvalents dans l'activité totale (libérale + CSIP)</t>
+          <t>Part des indemnités de déplacements dans les honoraires deds infirmiers libéraux actifs</t>
         </is>
       </c>
       <c r="C150" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D150" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E150" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Part des actes infirmiers réalisés (en termes de coefficients) par les centres de soins infirmiers ou polyvalents dans l'activité totale (libérale + CSIP)</t>
+          <t>Nombre d'actes (AMI+AIS) produits par les centres de soins infirmiers ou polyvalents</t>
         </is>
       </c>
       <c r="C151" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D151" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E151" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Part des actes AIS (en termes de coefficients) dans l'activité des centres de soins infirmiers ou polyvalents</t>
+          <t>Total des coefficients (AMI+AIS) des centres de soins infirmiers ou polyvalents</t>
         </is>
       </c>
       <c r="C152" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D152" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E152" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes AMX des centres de soins infirmiers ou polyvalents</t>
+          <t>Part des actes infirmiers réalisés (en termes de nbre) par les centres de soins infirmiers ou polyvalents dans l'activité totale (libérale + CSIP)</t>
         </is>
       </c>
       <c r="C153" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D153" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E153" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Nombre de forfaits dépendance légers (BSA) facturés par les centres de soins infirmiers ou polyvalents</t>
+          <t>Part des actes infirmiers réalisés (en termes de coefficients) par les centres de soins infirmiers ou polyvalents dans l'activité totale (libérale + CSIP)</t>
         </is>
       </c>
       <c r="C154" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D154" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E154" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Nombre de forfaits dépendance intermédiaires (BSB) facturés par les centres de soins infirmiers ou polyvalents</t>
+          <t>Part des actes AIS (en termes de coefficients) dans l'activité des centres de soins infirmiers ou polyvalents</t>
         </is>
       </c>
       <c r="C155" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D155" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E155" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Nombre de forfaits dépendance lourds (BSC) facturés par les centres de soins infirmiers ou polyvalents</t>
+          <t>Nombre d'actes AMX des centres de soins infirmiers ou polyvalents</t>
         </is>
       </c>
       <c r="C156" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D156" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E156" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Infirmiers &gt; Accès aux soins libéraux</t>
+          <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Distance au plus proche infirmier libéral</t>
+          <t>Nombre de forfaits dépendance légers (BSA) facturés par les centres de soins infirmiers ou polyvalents</t>
         </is>
       </c>
       <c r="C157" s="1" t="inlineStr">
         <is>
-          <t>SNDS - ARS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D157" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E157" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Infirmiers &gt; Accès aux soins libéraux</t>
+          <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Temps d'accès à l'infirmier libéral le plus proche en minutes</t>
+          <t>Nombre de forfaits dépendance intermédiaires (BSB) facturés par les centres de soins infirmiers ou polyvalents</t>
         </is>
       </c>
       <c r="C158" s="1" t="inlineStr">
         <is>
-          <t>FNPS - INSEE-Distancier METRIC / Calculs ARS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D158" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E158" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Infirmiers &gt; Accès aux soins libéraux</t>
+          <t>1er recours &gt; Infirmiers &gt; Activité libérale + centre de santé</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Pôles d'attraction des infirmiers</t>
+          <t>Nombre de forfaits dépendance lourds (BSC) facturés par les centres de soins infirmiers ou polyvalents</t>
         </is>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D159" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E159" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Consommation intra-communale infirmiers</t>
+          <t>Distance au plus proche infirmier libéral</t>
         </is>
       </c>
       <c r="C160" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS - ARS</t>
         </is>
       </c>
       <c r="D160" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E160" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Infirmiers &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes intra-communaux infirmiers consommés</t>
+          <t>Temps d'accès à l'infirmier libéral le plus proche en minutes</t>
         </is>
       </c>
       <c r="C161" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS - INSEE-Distancier METRIC / Calculs ARS</t>
         </is>
       </c>
       <c r="D161" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E161" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Orthoptistes &gt; Accès aux soins libéraux</t>
+          <t>1er recours &gt; Infirmiers &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Distance au plus proche orthoptiste libéral</t>
+          <t>Pôles d'attraction des infirmiers</t>
         </is>
       </c>
       <c r="C162" s="1" t="inlineStr">
         <is>
-          <t>FNPS - METRIC</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D162" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E162" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Orthoptistes &gt; Accès aux soins libéraux</t>
+          <t>1er recours &gt; Infirmiers &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Temps d'accès à l'orthoptiste libéral le plus proche</t>
+          <t>Consommation intra-communale infirmiers</t>
         </is>
       </c>
       <c r="C163" s="1" t="inlineStr">
         <is>
-          <t>FNPS - METRIC</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D163" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E163" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Orthoptistes &gt; Accès aux soins libéraux</t>
+          <t>1er recours &gt; Infirmiers &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Pôles d'attraction des orthoptistes libéraux</t>
+          <t>Nombre d'actes intra-communaux infirmiers consommés</t>
         </is>
       </c>
       <c r="C164" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D164" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E164" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes d'orthoptistes intra-communaux</t>
+          <t>Distance au plus proche orthoptiste libéral</t>
         </is>
       </c>
       <c r="C165" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS - METRIC</t>
         </is>
       </c>
       <c r="D165" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E165" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Orthoptistes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Part de la consommation intra-communale d'orthoptie</t>
+          <t>Temps d'accès à l'orthoptiste libéral le plus proche</t>
         </is>
       </c>
       <c r="C166" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS - METRIC</t>
         </is>
       </c>
       <c r="D166" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E166" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
+          <t>Autres professions &gt; Orthoptistes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires d'actes de pédicures-podologues</t>
+          <t>Pôles d'attraction des orthoptistes libéraux</t>
         </is>
       </c>
       <c r="C167" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D167" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E167" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021</t>
+          <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
+          <t>Autres professions &gt; Orthoptistes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Répartition des bénéficiaires d'actes de pédicures-podologues par tranche d'âge</t>
+          <t>Nombre d'actes d'orthoptistes intra-communaux</t>
         </is>
       </c>
       <c r="C168" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D168" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E168" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021</t>
+          <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
+          <t>Autres professions &gt; Orthoptistes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Part des bénéficiaires de soins de pédicures podologues dans la population</t>
+          <t>Part de la consommation intra-communale d'orthoptie</t>
         </is>
       </c>
       <c r="C169" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D169" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E169" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021</t>
+          <t>2024, 2023, 2022, 2021, 2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes de pédicures-podologues consommés par tranche d'âge de bénéficiaires</t>
+          <t>Nombre de bénéficiaires d'actes de pédicures-podologues</t>
         </is>
       </c>
       <c r="C170" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D170" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E170" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Part des actes de pédicures-podologues par tranche d'âge des bénéficiares</t>
+          <t>Répartition des bénéficiaires d'actes de pédicures-podologues par tranche d'âge</t>
         </is>
       </c>
       <c r="C171" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D171" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E171" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires de soins de pédicurie</t>
+          <t>Part des bénéficiaires de soins de pédicures podologues dans la population</t>
         </is>
       </c>
       <c r="C172" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D172" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E172" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires par type d'acte conventionnel</t>
+          <t>Nombre d'actes de pédicures-podologues consommés par tranche d'âge de bénéficiaires</t>
         </is>
       </c>
       <c r="C173" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D173" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E173" s="1" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes de soins de pédicurie consommés</t>
+          <t>Part des actes de pédicures-podologues par tranche d'âge des bénéficiares</t>
         </is>
       </c>
       <c r="C174" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D174" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E174" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes consommés par type d'acte conventionnel</t>
+          <t>Nombre de bénéficiaires de soins de pédicurie</t>
         </is>
       </c>
       <c r="C175" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D175" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E175" s="1" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Consommation moyenne d'actes de pédicurie par bénéficiaires</t>
+          <t>Nombre de bénéficiaires par type d'acte conventionnel</t>
         </is>
       </c>
       <c r="C176" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D176" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E176" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021</t>
+          <t>2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires d'orthèses réalisées par un pédicure-podologue</t>
+          <t>Nombre d'actes de soins de pédicurie consommés</t>
         </is>
       </c>
       <c r="C177" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D177" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E177" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'orthèses réalisées par un pédicure-podologue consommées</t>
+          <t>Nombre d'actes consommés par type d'acte conventionnel</t>
         </is>
       </c>
       <c r="C178" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D178" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E178" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021</t>
+          <t>2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Consommation moyenne d'orthèses par bénéficiaire</t>
+          <t>Consommation moyenne d'actes de pédicurie par bénéficiaires</t>
         </is>
       </c>
       <c r="C179" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D179" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E179" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires de soins pour diabétiques réalisées par un pédicure-podologue</t>
+          <t>Nombre de bénéficiaires d'orthèses réalisées par un pédicure-podologue</t>
         </is>
       </c>
       <c r="C180" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D180" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E180" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes pour diabétiques réalisés par un pédicure-podologue consommés</t>
+          <t>Nombre d'orthèses réalisées par un pédicure-podologue consommées</t>
         </is>
       </c>
       <c r="C181" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D181" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E181" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Consommation moyenne d'actes pour diabétiques par bénéficiaire</t>
+          <t>Consommation moyenne d'orthèses par bénéficiaire</t>
         </is>
       </c>
       <c r="C182" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D182" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E182" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Répartition des bénéfiaires par type de soins de pédicures-podologues</t>
+          <t>Nombre de bénéficiaires de soins pour diabétiques réalisées par un pédicure-podologue</t>
         </is>
       </c>
       <c r="C183" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D183" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E183" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Consommation de soins libérale</t>
+          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires pour les actes kinés</t>
+          <t>Nombre d'actes pour diabétiques réalisés par un pédicure-podologue consommés</t>
         </is>
       </c>
       <c r="C184" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D184" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E184" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
+          <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Consommation de soins libérale</t>
+          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Part des bénéficiaires de soins kiné dans la pop.</t>
+          <t>Consommation moyenne d'actes pour diabétiques par bénéficiaire</t>
         </is>
       </c>
       <c r="C185" s="1" t="inlineStr">
         <is>
-          <t>SNDS - INSEE</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D185" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E185" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
+          <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Consommation de soins libérale</t>
+          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Répartition des bénéficiaires kiné par tranche d'âge</t>
+          <t>Répartition des bénéfiaires par type de soins de pédicures-podologues</t>
         </is>
       </c>
       <c r="C186" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D186" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E186" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
+          <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes kinés consommés</t>
+          <t>Nombre de bénéficiaires pour les actes kinés</t>
         </is>
       </c>
       <c r="C187" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D187" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E187" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Part des actes masseurs-kinés par tranche d'âge de bénéficiaires</t>
+          <t>Part des bénéficiaires de soins kiné dans la pop.</t>
         </is>
       </c>
       <c r="C188" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS - INSEE</t>
         </is>
       </c>
       <c r="D188" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E188" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Nombre moyen d'actes kinés consommés par bénéficiaire</t>
+          <t>Répartition des bénéficiaires kiné par tranche d'âge</t>
         </is>
       </c>
       <c r="C189" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D189" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E189" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ratio bénéficiaires kinés / bénéficiaires généralistes</t>
+          <t>Nombre d'actes kinés consommés</t>
         </is>
       </c>
       <c r="C190" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D190" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E190" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Part des bénéficiaires de soins AMK parmi l'ensemble des bénéficiaires de soins kiné</t>
+          <t>Part des actes masseurs-kinés par tranche d'âge de bénéficiaires</t>
         </is>
       </c>
       <c r="C191" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D191" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E191" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Offre de soins</t>
+          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Nombre de pédicures-podologues libéraux par tranche d'âge en activité au 31/12</t>
+          <t>Nombre moyen d'actes kinés consommés par bénéficiaire</t>
         </is>
       </c>
       <c r="C192" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D192" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E192" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Offre de soins</t>
+          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Répartition des pédicures-podologues libéraux par tranche d'âge</t>
+          <t>Ratio bénéficiaires kinés / bénéficiaires généralistes</t>
         </is>
       </c>
       <c r="C193" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D193" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E193" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Offre de soins</t>
+          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Part des femmes pédicures-podologues libérales</t>
+          <t>Part des bénéficiaires de soins AMK parmi l'ensemble des bénéficiaires de soins kiné</t>
         </is>
       </c>
       <c r="C194" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D194" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E194" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Densité des pédicures-podologues libéraux pour 100 000 habitants</t>
+          <t>Nombre de pédicures-podologues libéraux par tranche d'âge en activité au 31/12</t>
         </is>
       </c>
       <c r="C195" s="1" t="inlineStr">
         <is>
-          <t>FNPS, INSEE</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D195" s="1" t="inlineStr">
         <is>
-          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E195" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Evolution du nombre de pédicures-podologues libéraux sur 5 ans</t>
+          <t>Répartition des pédicures-podologues libéraux par tranche d'âge</t>
         </is>
       </c>
       <c r="C196" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D196" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E196" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Nombre de rhumatologues libéraux au 31/12/AA</t>
+          <t>Part des femmes pédicures-podologues libérales</t>
         </is>
       </c>
       <c r="C197" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D197" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E197" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Nombre de chirurgiens spécialisés en orthopédie et traumatologie</t>
+          <t>Densité des pédicures-podologues libéraux pour 100 000 habitants</t>
         </is>
       </c>
       <c r="C198" s="1" t="inlineStr">
         <is>
-          <t>RPPS - Diamant - Cube Démographie</t>
+          <t>FNPS, INSEE</t>
         </is>
       </c>
       <c r="D198" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E198" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Offre de soins</t>
+          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Répartition des masseurs-kinés libéraux par tranche d'âge</t>
+          <t>Evolution du nombre de pédicures-podologues libéraux sur 5 ans</t>
         </is>
       </c>
       <c r="C199" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D199" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E199" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Offre de soins</t>
+          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Part de femmes masseurs-kiné libérales</t>
+          <t>Nombre de rhumatologues libéraux au 31/12/AA</t>
         </is>
       </c>
       <c r="C200" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D200" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E200" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Offre de soins</t>
+          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Densité de masseurs-kiné libéraux pour 10 000 hab.</t>
+          <t>Nombre de chirurgiens spécialisés en orthopédie et traumatologie</t>
         </is>
       </c>
       <c r="C201" s="1" t="inlineStr">
         <is>
-          <t>FNPS - INSEE</t>
+          <t>RPPS - Diamant - Cube Démographie</t>
         </is>
       </c>
       <c r="D201" s="1" t="inlineStr">
         <is>
-          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E201" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Evolution du nombre de masseurs-kinés libéraux sur 5 ans</t>
+          <t>Répartition des masseurs-kinés libéraux par tranche d'âge</t>
         </is>
       </c>
       <c r="C202" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D202" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E202" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Zonage conventionnel des masseurs-kinésithérapeutes</t>
+          <t>Part de femmes masseurs-kiné libérales</t>
         </is>
       </c>
       <c r="C203" s="1" t="inlineStr">
         <is>
-          <t>CNAMTS - ARS</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D203" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
-[...2 lines deleted...]
-      <c r="E203" s="1"/>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Accessibilité Potentielle Localisée Masseurs-Kinésithérapeutes de 65 ans et moins</t>
+          <t>Densité de masseurs-kiné libéraux pour 10 000 hab.</t>
         </is>
       </c>
       <c r="C204" s="1" t="inlineStr">
         <is>
-          <t>DREES - IRDES</t>
+          <t>FNPS - INSEE</t>
         </is>
       </c>
       <c r="D204" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, territoire de démocratie sanitaire, département, région</t>
+          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E204" s="1" t="inlineStr">
         <is>
-          <t>2023, 2022, 2021</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Nombre de cabinets secondaires kinés libéraux</t>
+          <t>Evolution du nombre de masseurs-kinés libéraux sur 5 ans</t>
         </is>
       </c>
       <c r="C205" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D205" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E205" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
+          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Nombre de masseurs-kiné libéraux actifs toute l'année</t>
+          <t>Accessibilité Potentielle Localisée Masseurs-Kinésithérapeutes de 65 ans et moins</t>
         </is>
       </c>
       <c r="C206" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>DREES - IRDES</t>
         </is>
       </c>
       <c r="D206" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E206" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
+          <t>2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
+          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Nombre total d'actes produits par les masseurs-kiné libéraux actifs</t>
+          <t>Nombre de cabinets secondaires kinés libéraux</t>
         </is>
       </c>
       <c r="C207" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D207" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E207" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Coefficients totaux produits kiné libéral</t>
+          <t>Nombre de masseurs-kiné libéraux actifs toute l'année</t>
         </is>
       </c>
       <c r="C208" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D208" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E208" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Nombre moyen d'actes par masseurs-kiné libéral actif</t>
+          <t>Nombre total d'actes produits par les masseurs-kiné libéraux actifs</t>
         </is>
       </c>
       <c r="C209" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D209" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E209" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Nombre moyen de coefficients produits par kiné libéral</t>
+          <t>Coefficients totaux produits kiné libéral</t>
         </is>
       </c>
       <c r="C210" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D210" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E210" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes AMK produits par masseurs kinésithérapeutes libéraux</t>
+          <t>Nombre moyen d'actes par masseurs-kiné libéral actif</t>
         </is>
       </c>
       <c r="C211" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D211" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E211" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes AMS produits par masseurs kinésithérapeutes libéraux</t>
+          <t>Nombre moyen de coefficients produits par kiné libéral</t>
         </is>
       </c>
       <c r="C212" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D212" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E212" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes AMC produits par masseurs kinésithérapeutes libéraux</t>
+          <t>Nombre d'actes AMK produits par masseurs kinésithérapeutes libéraux</t>
         </is>
       </c>
       <c r="C213" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D213" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E213" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Nombre de forfaits FAD produits par les masseurs kinésithérapeutes libéraux</t>
+          <t>Nombre d'actes AMS produits par masseurs kinésithérapeutes libéraux</t>
         </is>
       </c>
       <c r="C214" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D214" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E214" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Nombre de forfaits FRD produits par les masseurs kinésithérapeutes libéraux</t>
+          <t>Nombre d'actes AMC produits par masseurs kinésithérapeutes libéraux</t>
         </is>
       </c>
       <c r="C215" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D215" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E215" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Coefficients AMK produits par kinés lib.</t>
+          <t>Nombre de forfaits FAD produits par les masseurs kinésithérapeutes libéraux</t>
         </is>
       </c>
       <c r="C216" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D216" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E216" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Coefficients AMS produits par masseurs kinésithérapeutes libéraux</t>
+          <t>Nombre de forfaits FRD produits par les masseurs kinésithérapeutes libéraux</t>
         </is>
       </c>
       <c r="C217" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D217" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E217" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Coefficients AMC produits par masseurs kinésithérapeutes libéraux</t>
+          <t>Coefficients AMK produits par kinés lib.</t>
         </is>
       </c>
       <c r="C218" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D218" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E218" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Part de l'activité libérale AMK (en terme de coefficients)</t>
+          <t>Coefficients AMS produits par masseurs kinésithérapeutes libéraux</t>
         </is>
       </c>
       <c r="C219" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D219" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E219" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Part de l'activité libérale AMS (en terme de coefficients)</t>
+          <t>Coefficients AMC produits par masseurs kinésithérapeutes libéraux</t>
         </is>
       </c>
       <c r="C220" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D220" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E220" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Part de l'activité libérale AMC (en terme de coefficients)</t>
+          <t>Part de l'activité libérale AMK (en terme de coefficients)</t>
         </is>
       </c>
       <c r="C221" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D221" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E221" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes kinés produits par les centres de santé</t>
+          <t>Part de l'activité libérale AMS (en terme de coefficients)</t>
         </is>
       </c>
       <c r="C222" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D222" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E222" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Somme des coefficients kinés produits par les centres de santé</t>
+          <t>Part de l'activité libérale AMC (en terme de coefficients)</t>
         </is>
       </c>
       <c r="C223" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D223" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E223" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Part des actes kinés réalisés (en termes de nbre) par les centres de santé dans l'activité totale (libérale + CDS)</t>
+          <t>Nombre d'actes kinés produits par les centres de santé</t>
         </is>
       </c>
       <c r="C224" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D224" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E224" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Part des actes kinés réalisés (en termes de coefficients) par les centres de santé dans l'activité totale (libérale + CDS)</t>
+          <t>Somme des coefficients kinés produits par les centres de santé</t>
         </is>
       </c>
       <c r="C225" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D225" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E225" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes AMK produits par les centres de santé</t>
+          <t>Part des actes kinés réalisés (en termes de nbre) par les centres de santé dans l'activité totale (libérale + CDS)</t>
         </is>
       </c>
       <c r="C226" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D226" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E226" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes AMS produits par les centres de santé</t>
+          <t>Part des actes kinés réalisés (en termes de coefficients) par les centres de santé dans l'activité totale (libérale + CDS)</t>
         </is>
       </c>
       <c r="C227" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D227" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E227" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Somme des coefficients AMK produits par les centres de santé</t>
+          <t>Nombre d'actes AMK produits par les centres de santé</t>
         </is>
       </c>
       <c r="C228" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D228" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E228" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Somme des coefficients AMS produits par les centres de santé</t>
+          <t>Nombre d'actes AMS produits par les centres de santé</t>
         </is>
       </c>
       <c r="C229" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D229" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E229" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Nombre de forfaits FAD produits par les centres de santé</t>
+          <t>Somme des coefficients AMK produits par les centres de santé</t>
         </is>
       </c>
       <c r="C230" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D230" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E230" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Nombre de forfaits FRD produits par les centres de santé</t>
+          <t>Somme des coefficients AMS produits par les centres de santé</t>
         </is>
       </c>
       <c r="C231" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D231" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E231" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Activité libérale</t>
+          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Nombre de pédicures-podologues libéraux actifs toute l'année</t>
+          <t>Nombre de forfaits FAD produits par les centres de santé</t>
         </is>
       </c>
       <c r="C232" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D232" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E232" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Activité libérale</t>
+          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Nombre total d'actes produits par les pédicures-podologues libéraux actifs</t>
+          <t>Nombre de forfaits FRD produits par les centres de santé</t>
         </is>
       </c>
       <c r="C233" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D233" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E233" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Activité libérale</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes de pédicurie produits par les pédicures-podologues libéraux actifs</t>
+          <t>Nombre de pédicures-podologues libéraux actifs toute l'année</t>
         </is>
       </c>
       <c r="C234" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D234" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E234" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Activité libérale</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes de pédicurie pour diabétiques produits par les pédicures-podologues libéraux actifs</t>
+          <t>Nombre total d'actes produits par les pédicures-podologues libéraux actifs</t>
         </is>
       </c>
       <c r="C235" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D235" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E235" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Activité libérale</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'orthèses produites par les pédicures-podologues libéraux actifs</t>
+          <t>Nombre d'actes de pédicurie produits par les pédicures-podologues libéraux actifs</t>
         </is>
       </c>
       <c r="C236" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D236" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E236" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Activité libérale</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Coefficients des actes de pédicurie pour diabétiques produits par les pédicures-podologues libéraux actifs</t>
+          <t>Nombre d'actes de pédicurie pour diabétiques produits par les pédicures-podologues libéraux actifs</t>
         </is>
       </c>
       <c r="C237" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D237" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E237" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Activité libérale</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Coefficients des actes de pédicurie produits par les pédicures-podologues libéraux actifs</t>
+          <t>Nombre d'orthèses produites par les pédicures-podologues libéraux actifs</t>
         </is>
       </c>
       <c r="C238" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D238" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E238" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Activité libérale</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Nombre moyen d'actes de pédicurie par pédicure-podologue libéral actif</t>
+          <t>Coefficients des actes de pédicurie pour diabétiques produits par les pédicures-podologues libéraux actifs</t>
         </is>
       </c>
       <c r="C239" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D239" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E239" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Activité libérale</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Nombre moyen d'actes de pédicurie pour diabétiques par pédicure-podologue libéral actif</t>
+          <t>Coefficients des actes de pédicurie produits par les pédicures-podologues libéraux actifs</t>
         </is>
       </c>
       <c r="C240" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D240" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E240" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Activité libérale</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Nombre moyen d'orthèses produites par pédicure-podologue libéral actif</t>
+          <t>Nombre moyen d'actes de pédicurie par pédicure-podologue libéral actif</t>
         </is>
       </c>
       <c r="C241" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D241" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E241" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Activité libérale</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Activité moyenne en terme de coefficients des actes de pédicurie par pédicure-podologue libéral actif</t>
+          <t>Nombre moyen d'actes de pédicurie pour diabétiques par pédicure-podologue libéral actif</t>
         </is>
       </c>
       <c r="C242" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D242" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E242" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Activité libérale</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Activité moyenne en terme de coefficients des actes de pédicurie pour diabétiques par pédicure-podologue libéral actif</t>
+          <t>Nombre moyen d'orthèses produites par pédicure-podologue libéral actif</t>
         </is>
       </c>
       <c r="C243" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D243" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E243" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Accès aux soins libéraux</t>
+          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Activité libérale</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Distance au plus proche masseur-kiné libéral</t>
+          <t>Activité moyenne en terme de coefficients des actes de pédicurie par pédicure-podologue libéral actif</t>
         </is>
       </c>
       <c r="C244" s="1" t="inlineStr">
         <is>
-          <t>SNDS - ARS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D244" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E244" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Accès aux soins libéraux</t>
+          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Activité libérale</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Temps d'accès au masseur-kinésithérapeute libéral le plus proche en minutes</t>
+          <t>Activité moyenne en terme de coefficients des actes de pédicurie pour diabétiques par pédicure-podologue libéral actif</t>
         </is>
       </c>
       <c r="C245" s="1" t="inlineStr">
         <is>
-          <t>FNPS - INSEE-Distancier METRIC / Calculs ARS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D245" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E245" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Pôles d'attraction des masseurs-kinésithérapeutes</t>
+          <t>Distance au plus proche masseur-kiné libéral</t>
         </is>
       </c>
       <c r="C246" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS - ARS</t>
         </is>
       </c>
       <c r="D246" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E246" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Consommation intra-communale kinés</t>
+          <t>Temps d'accès au masseur-kinésithérapeute libéral le plus proche en minutes</t>
         </is>
       </c>
       <c r="C247" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS - INSEE-Distancier METRIC / Calculs ARS</t>
         </is>
       </c>
       <c r="D247" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E247" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes intra-communaux kiné consommés</t>
+          <t>Pôles d'attraction des masseurs-kinésithérapeutes</t>
         </is>
       </c>
       <c r="C248" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D248" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E248" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Accès aux soins libéraux</t>
+          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Distance au plus proche pédicure-podologue libéral</t>
+          <t>Consommation intra-communale kinés</t>
         </is>
       </c>
       <c r="C249" s="1" t="inlineStr">
         <is>
-          <t>FNPS, Métric</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D249" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E249" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Accès aux soins libéraux</t>
+          <t>1er recours &gt; Masseurs-kinésithérapeutes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Temps d'accès au pédicure-podologue libéral le plus proche</t>
+          <t>Nombre d'actes intra-communaux kiné consommés</t>
         </is>
       </c>
       <c r="C250" s="1" t="inlineStr">
         <is>
-          <t>FNPS, Métric</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D250" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E250" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Pôles d'attraction des pédicures-podologues libéraux</t>
+          <t>Distance au plus proche pédicure-podologue libéral</t>
         </is>
       </c>
       <c r="C251" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS, Métric</t>
         </is>
       </c>
       <c r="D251" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement</t>
         </is>
       </c>
       <c r="E251" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes de pédicures-podologues libéraux consommés en intra-communal</t>
+          <t>Temps d'accès au pédicure-podologue libéral le plus proche</t>
         </is>
       </c>
       <c r="C252" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS, Métric</t>
         </is>
       </c>
       <c r="D252" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune et arrondissement</t>
         </is>
       </c>
       <c r="E252" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Part de consommation intra-communale d'actes de pédicures-podologues libéraux</t>
+          <t>Pôles d'attraction des pédicures-podologues libéraux</t>
         </is>
       </c>
       <c r="C253" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D253" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune et arrondissement</t>
         </is>
       </c>
       <c r="E253" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; AUTRES PROFESSIONS</t>
+          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Evolution des professionnels libéraux en cabinet principal sur 5 ans</t>
+          <t>Nombre d'actes de pédicures-podologues libéraux consommés en intra-communal</t>
         </is>
       </c>
       <c r="C254" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D254" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E254" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
+          <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; AUTRES PROFESSIONS</t>
+          <t>Autres professions &gt; PEDICURES-PODOLOGUES &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Temps d'accès aux professionnels libéraux en minutes</t>
+          <t>Part de consommation intra-communale d'actes de pédicures-podologues libéraux</t>
         </is>
       </c>
       <c r="C255" s="1" t="inlineStr">
         <is>
-          <t>FNPS - INSEE-Distancier METRIC / Calculs ARS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D255" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E255" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016</t>
+          <t>2024, 2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Chirurgiens-dentistes &gt; Consommation de soins libéraux</t>
+          <t>Autres professions &gt; AUTRES PROFESSIONS</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires pour les actes dentistes</t>
+          <t>Distance au plus proche professionnel de santé libéral</t>
         </is>
       </c>
       <c r="C256" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS - INSEE-Distancier METRIC / Calculs ARS</t>
         </is>
       </c>
       <c r="D256" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement</t>
         </is>
       </c>
       <c r="E256" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Chirurgiens-dentistes &gt; Consommation de soins libéraux</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Part des bénéficiaires de soins dentaires dans la pop</t>
+          <t>Nombre de bénéficiaires pour les actes dentistes</t>
         </is>
       </c>
       <c r="C257" s="1" t="inlineStr">
         <is>
-          <t>SNDS - INSEE</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D257" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E257" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Chirurgiens-dentistes &gt; Consommation de soins libéraux</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Distribution des bénéficiaires d'actes dentaires par tranche d'âge</t>
+          <t>Part des bénéficiaires de soins dentaires dans la pop</t>
         </is>
       </c>
       <c r="C258" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS - INSEE</t>
         </is>
       </c>
       <c r="D258" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E258" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Chirurgiens-dentistes &gt; Consommation de soins libéraux</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes dentistes consommés</t>
+          <t>Distribution des bénéficiaires d'actes dentaires par tranche d'âge</t>
         </is>
       </c>
       <c r="C259" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D259" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E259" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Chirurgiens-dentistes &gt; Consommation de soins libéraux</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Distribution des actes dentaires par tranche d'âge de bénéficiaires</t>
+          <t>Nombre d'actes dentistes consommés</t>
         </is>
       </c>
       <c r="C260" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D260" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E260" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Chirurgiens-dentistes &gt; Consommation de soins libéraux</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Nombre moyen d'actes dentaires consommés par bénéficiaire</t>
+          <t>Distribution des actes dentaires par tranche d'âge de bénéficiaires</t>
         </is>
       </c>
       <c r="C261" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D261" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E261" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Chirurgiens-dentistes &gt; Consommation de soins libéraux</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ratio bénéficiaires chirugiens-denstistes / bénéficiaires généralistes</t>
+          <t>Nombre moyen d'actes dentaires consommés par bénéficiaire</t>
         </is>
       </c>
       <c r="C262" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D262" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E262" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Chirurgiens-dentistes &gt; Consommation de soins libéraux</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Part des actes de prothèse dans la consommation de soins dentaires</t>
+          <t>Ratio bénéficiaires chirugiens-denstistes / bénéficiaires généralistes</t>
         </is>
       </c>
       <c r="C263" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D263" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E263" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Chirurgiens-dentistes &gt; Offre de soins</t>
+          <t>1er recours &gt; Chirurgiens-dentistes &gt; Consommation de soins libéraux</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Nombre de dentistes libéraux par tranche d'âge en activité au 31/12/NN</t>
+          <t>Part des actes de prothèse dans la consommation de soins dentaires</t>
         </is>
       </c>
       <c r="C264" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D264" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E264" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Chirurgiens-dentistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Répartition des chirurgiens dentistes libéraux par tranche d'âge</t>
+          <t>Nombre de dentistes libéraux par tranche d'âge en activité au 31/12/NN</t>
         </is>
       </c>
       <c r="C265" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D265" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E265" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Chirurgiens-dentistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Taux de femmes chirurgiens-dentistes libérales</t>
+          <t>Répartition des chirurgiens dentistes libéraux par tranche d'âge</t>
         </is>
       </c>
       <c r="C266" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D266" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E266" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Chirurgiens-dentistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Densité de chirurgiens-dentistes libéraux pour 10 000 habitants</t>
+          <t>Taux de femmes chirurgiens-dentistes libérales</t>
         </is>
       </c>
       <c r="C267" s="1" t="inlineStr">
         <is>
-          <t>FNPS - INSEE</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D267" s="1" t="inlineStr">
         <is>
-          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E267" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Chirurgiens-dentistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Ecart d'effectifs de chirurgiens-dentistes libéraux sur 5 ans</t>
+          <t>Densité de chirurgiens-dentistes libéraux pour 10 000 habitants</t>
         </is>
       </c>
       <c r="C268" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS - INSEE</t>
         </is>
       </c>
       <c r="D268" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E268" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Chirurgiens-dentistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Zonage conventionnel des chirurgiens-dentistes</t>
+          <t>Ecart d'effectifs de chirurgiens-dentistes libéraux sur 5 ans</t>
         </is>
       </c>
       <c r="C269" s="1" t="inlineStr">
         <is>
-          <t>CNAMTS - ARS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D269" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
-[...2 lines deleted...]
-      <c r="E269" s="1"/>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+        </is>
+      </c>
+      <c r="E269" s="1" t="inlineStr">
+        <is>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Chirurgiens-dentistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Zonage conventionnel chirurgien-dentiste La Réunion</t>
+          <t>Zonage conventionnel des chirurgiens-dentistes</t>
         </is>
       </c>
       <c r="C270" s="1" t="inlineStr">
         <is>
-          <t>ARS</t>
+          <t>CNAMTS - ARS</t>
         </is>
       </c>
       <c r="D270" s="1" t="inlineStr">
         <is>
-          <t>grand quartier</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E270" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Chirurgiens-dentistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
           <t>Accessibilité Potentielle Localisée - Chirurgiens-Dentistes de 65 ans et moins</t>
         </is>
       </c>
       <c r="C271" s="1" t="inlineStr">
         <is>
           <t>DREES - IRDES</t>
         </is>
       </c>
       <c r="D271" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E271" s="1" t="inlineStr">
         <is>
           <t>2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Chirurgiens-dentistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
           <t>Nombre de Centre de Soins Dentaires</t>
         </is>
       </c>
       <c r="C272" s="1" t="inlineStr">
         <is>
           <t>FINESS</t>
         </is>
       </c>
       <c r="D272" s="1" t="inlineStr">
@@ -7839,656 +7835,660 @@
       </c>
       <c r="C286" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D286" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E286" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Contexte &gt; Population INSEE</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Part de la population par CSP</t>
+          <t>Population totale par tranche d'âge</t>
         </is>
       </c>
       <c r="C287" s="1" t="inlineStr">
         <is>
           <t>INSEE</t>
         </is>
       </c>
       <c r="D287" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E287" s="1" t="inlineStr">
         <is>
-          <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2010, 2009, 2008</t>
+          <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 1999</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Orthophonistes &gt; Consommation de soins libéraux</t>
+          <t>Autres professions &gt; Contexte &gt; Population INSEE</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires pour les actes d'orthophonie</t>
+          <t>Part de la population par tranche d'âge</t>
         </is>
       </c>
       <c r="C288" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>INSEE</t>
         </is>
       </c>
       <c r="D288" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E288" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
+          <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 1999</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Orthophonistes &gt; Consommation de soins libéraux</t>
+          <t>Autres professions &gt; Contexte &gt; Population INSEE</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Part des bénéficiaires de soins d'orthophonie dans la pop</t>
+          <t>Nombre d'habitants par Catégorie socio-professionnelle</t>
         </is>
       </c>
       <c r="C289" s="1" t="inlineStr">
         <is>
-          <t>SNDS - INSEE</t>
+          <t>INSEE</t>
         </is>
       </c>
       <c r="D289" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E289" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
+          <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2010, 2009, 2008</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Orthophonistes &gt; Consommation de soins libéraux</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Répartition des bénéficiaires d'actes d'orthophonie par tranche d'âge</t>
+          <t>Nombre de bénéficiaires pour les actes d'orthophonie</t>
         </is>
       </c>
       <c r="C290" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D290" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E290" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Orthophonistes &gt; Consommation de soins libéraux</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes orthophonistes consommés</t>
+          <t>Part des bénéficiaires de soins d'orthophonie dans la pop</t>
         </is>
       </c>
       <c r="C291" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS - INSEE</t>
         </is>
       </c>
       <c r="D291" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E291" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Orthophonistes &gt; Consommation de soins libéraux</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Répartition des actes d'orthophonie par tranche d'âge de bénéficiaires</t>
+          <t>Répartition des bénéficiaires d'actes d'orthophonie par tranche d'âge</t>
         </is>
       </c>
       <c r="C292" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D292" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E292" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Orthophonistes &gt; Consommation de soins libéraux</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Nombre moyen d'actes d'orthophonie par bénéficiaire</t>
+          <t>Nombre d'actes orthophonistes consommés</t>
         </is>
       </c>
       <c r="C293" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D293" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E293" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Orthophonistes &gt; Consommation de soins libéraux</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ratio bénéficiaires orthophonistes / bénéficiaires généralistes</t>
+          <t>Répartition des actes d'orthophonie par tranche d'âge de bénéficiaires</t>
         </is>
       </c>
       <c r="C294" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D294" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E294" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Contexte &gt; Equipements scolaires</t>
+          <t>1er recours &gt; Orthophonistes &gt; Consommation de soins libéraux</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'écoles élémentaires</t>
+          <t>Nombre moyen d'actes d'orthophonie par bénéficiaire</t>
         </is>
       </c>
       <c r="C295" s="1" t="inlineStr">
         <is>
-          <t>Ministère de l'Education Nationale et de la Jeunesse, DEPP</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D295" s="1" t="inlineStr">
         <is>
-          <t>commune, canton-ville, EPCI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E295" s="1" t="inlineStr">
         <is>
-          <t>2021-2022, 2020-2021, 2019-2020</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Orthophonistes &gt; Offre de soins</t>
+          <t>1er recours &gt; Orthophonistes &gt; Consommation de soins libéraux</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'orthophonistes libéraux par tranche d'âge en activité au 31/12/NN</t>
+          <t>Ratio bénéficiaires orthophonistes / bénéficiaires généralistes</t>
         </is>
       </c>
       <c r="C296" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D296" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E296" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Orthophonistes &gt; Offre de soins</t>
+          <t>Autres professions &gt; Contexte &gt; Equipements scolaires</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Répartition des orthophonistes libéraux par tranche d'âge</t>
+          <t>Nombre d'écoles maternelles</t>
         </is>
       </c>
       <c r="C297" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>Ministère de l'Education Nationale et de la Jeunesse, DEPP</t>
         </is>
       </c>
       <c r="D297" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune, canton-ville, EPCI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E297" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
+          <t>2021-2022, 2020-2021, 2019-2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Orthophonistes &gt; Offre de soins</t>
+          <t>Autres professions &gt; Contexte &gt; Equipements scolaires</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Part des femmes orthophonistes libérales</t>
+          <t>Nombre de lycées (général, technologique et/ou professionnel)</t>
         </is>
       </c>
       <c r="C298" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>Ministère de l'Education Nationale et de la Jeunesse, DEPP</t>
         </is>
       </c>
       <c r="D298" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune, canton-ville, EPCI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E298" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
+          <t>2021-2022, 2020-2021, 2019-2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Orthophonistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Densité des orthophonistes libéraux pour 100 000 hab.</t>
+          <t>Répartition des orthophonistes libéraux par tranche d'âge</t>
         </is>
       </c>
       <c r="C299" s="1" t="inlineStr">
         <is>
-          <t>FNPS - INSEE</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D299" s="1" t="inlineStr">
         <is>
-          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E299" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Orthophonistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Evolution du nombre d'orthophonistes libéraux sur 5 ans</t>
+          <t>Part des femmes orthophonistes libérales</t>
         </is>
       </c>
       <c r="C300" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D300" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E300" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Orthophonistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Zonage conventionnel des orthophonistes</t>
+          <t>Densité des orthophonistes libéraux pour 100 000 hab.</t>
         </is>
       </c>
       <c r="C301" s="1" t="inlineStr">
         <is>
-          <t>CNAMTS - ARS</t>
+          <t>FNPS - INSEE</t>
         </is>
       </c>
       <c r="D301" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
-[...2 lines deleted...]
-      <c r="E301" s="1"/>
+          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+        </is>
+      </c>
+      <c r="E301" s="1" t="inlineStr">
+        <is>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Orthophonistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Nombre de cabinets secondaires orthophonistes libéraux</t>
+          <t>Evolution du nombre d'orthophonistes libéraux sur 5 ans</t>
         </is>
       </c>
       <c r="C302" s="1" t="inlineStr">
         <is>
           <t>FNPS</t>
         </is>
       </c>
       <c r="D302" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E302" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Orthophonistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'Unités Neuro-Vasculaires</t>
+          <t>Nombre de cabinets secondaires orthophonistes libéraux</t>
         </is>
       </c>
       <c r="C303" s="1" t="inlineStr">
         <is>
-          <t>ARS</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D303" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E303" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Orthophonistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'oto-rhino-laryngologistes libéraux au 31/12/NN</t>
+          <t>Nombre d'Unités Neuro-Vasculaires</t>
         </is>
       </c>
       <c r="C304" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>ARS</t>
         </is>
       </c>
       <c r="D304" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E304" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Orthophonistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'orthophonistes salariés</t>
+          <t>Nombre d'oto-rhino-laryngologistes libéraux au 31/12/NN</t>
         </is>
       </c>
       <c r="C305" s="1" t="inlineStr">
         <is>
-          <t>ADELI au 01/01/N+1</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D305" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E305" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Contexte &gt; Accès aux autres soins</t>
+          <t>1er recours &gt; Orthophonistes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Distance au plus proche professionnel de santé libéral</t>
+          <t>Nombre d'orthophonistes salariés</t>
         </is>
       </c>
       <c r="C306" s="1" t="inlineStr">
         <is>
-          <t>FNPS - INSEE-Distancier METRIC / Calculs ARS</t>
+          <t>ADELI au 01/01/N+1</t>
         </is>
       </c>
       <c r="D306" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E306" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Contexte &gt; Accès aux autres soins</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Distance à la structure la plus proche</t>
+          <t>Nombre de spécialistes libéraux par classe d'âge (Cabinet principal)</t>
         </is>
       </c>
       <c r="C307" s="1" t="inlineStr">
         <is>
-          <t>FINESS - SAE - ARS - INSEE-Distancier METRIC / Calculs ARS</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D307" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E307" s="1" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Contexte &gt; Accès aux autres soins</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Temps d'accès à la structure sanitaire ou médico-sociale la plus proche</t>
+          <t>Commune du professionnel de santé libéral le plus proche</t>
         </is>
       </c>
       <c r="C308" s="1" t="inlineStr">
         <is>
-          <t>FINESS - SAE - ARS - INSEE-Distancier METRIC / Calculs ARS</t>
+          <t>FNPS - NSEE-Distancier METRIC / Calculs ARS</t>
         </is>
       </c>
       <c r="D308" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E308" s="1" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Contexte &gt; Accès aux autres soins</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Dénombrement des professionnels et structures libéraux</t>
+          <t>Temps d'accès à la structure sanitaire ou médico-sociale la plus proche</t>
         </is>
       </c>
       <c r="C309" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FINESS - SAE - ARS - INSEE-Distancier METRIC / Calculs ARS</t>
         </is>
       </c>
       <c r="D309" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement</t>
         </is>
       </c>
       <c r="E309" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
+          <t>2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Orthophonistes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
           <t>Nombre d'orthophonistes libéraux actifs toute l'année</t>
         </is>
       </c>
       <c r="C310" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D310" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E310" s="1" t="inlineStr">
@@ -8807,2813 +8807,2813 @@
       </c>
       <c r="C322" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D322" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E322" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Contexte &gt; Consommation d'autres soins</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Part de bénéficiaires d'actes de spécialistes par rapport au nombre d'habitants</t>
+          <t>Nombre total de bénéficiaires d'actes de biologie</t>
         </is>
       </c>
       <c r="C323" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D323" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E323" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Contexte &gt; Consommation d'autres soins</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Nombre total de bénéficiaires d'actes de biologie</t>
+          <t>Nombre total de bénéficiaires d'actes ODF (Orthodontie faciale)</t>
         </is>
       </c>
       <c r="C324" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D324" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E324" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Contexte &gt; Consommation d'autres soins</t>
+          <t>1er recours &gt; Orthophonistes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Part de bénéficiaires d'actes de biologie par rapport au nombre d'habitants</t>
+          <t>Distance au plus proche orthophoniste libéral</t>
         </is>
       </c>
       <c r="C325" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS - ARS</t>
         </is>
       </c>
       <c r="D325" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E325" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Contexte &gt; Consommation d'autres soins</t>
+          <t>1er recours &gt; Orthophonistes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Part de bénéficiaires de pharmacie par rapport au nombre d'habitants</t>
+          <t>Temps d'accès à l'orthophoniste libéral le plus proche en minutes</t>
         </is>
       </c>
       <c r="C326" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS - INSEE-Distancier METRIC / Calculs ARS</t>
         </is>
       </c>
       <c r="D326" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E326" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Contexte &gt; Consommation d'autres soins</t>
+          <t>1er recours &gt; Orthophonistes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Part de bénéficiaires d'actes d'orthodontie faciale par rapport au nombre d'habitants</t>
+          <t>Pôles d'attraction des orthophonistes</t>
         </is>
       </c>
       <c r="C327" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D327" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E327" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Orthophonistes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Distance au plus proche orthophoniste libéral</t>
+          <t>Consommation intra-communale orthophonistes</t>
         </is>
       </c>
       <c r="C328" s="1" t="inlineStr">
         <is>
-          <t>FNPS - ARS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D328" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E328" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Orthophonistes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Temps d'accès à l'orthophoniste libéral le plus proche en minutes</t>
+          <t>Nombre d'actes intra-communaux orthophonistes consommés</t>
         </is>
       </c>
       <c r="C329" s="1" t="inlineStr">
         <is>
-          <t>FNPS - INSEE-Distancier METRIC / Calculs ARS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D329" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E329" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Orthophonistes &gt; Accès aux soins libéraux</t>
+          <t>Autres professions &gt; Contexte &gt; ALD et C2S</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Pôles d'attraction des orthophonistes</t>
+          <t>Nombre de bénéficiaires en ALD</t>
         </is>
       </c>
       <c r="C330" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D330" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E330" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Orthophonistes &gt; Accès aux soins libéraux</t>
+          <t>Autres professions &gt; Contexte &gt; ALD et C2S</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Consommation intra-communale orthophonistes</t>
+          <t>Nombre de bénéficiaires de la C2S</t>
         </is>
       </c>
       <c r="C331" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D331" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E331" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
+          <t>2024, 2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Orthophonistes &gt; Accès aux soins libéraux</t>
+          <t>Autres professions &gt; Contexte &gt; ALD et C2S</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes intra-communaux orthophonistes consommés</t>
+          <t>Part des bénéficiaires de la Complémentaire Santé Solidaire dans la population</t>
         </is>
       </c>
       <c r="C332" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS - INSEE</t>
         </is>
       </c>
       <c r="D332" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E332" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015</t>
+          <t>2024, 2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Contexte &gt; ALD et C2S</t>
+          <t>Autres professions &gt; Contexte &gt; Zonages administratifs et d'étude</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires de la C2S</t>
+          <t>Communes et arrondissements</t>
         </is>
       </c>
       <c r="C333" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>COG</t>
         </is>
       </c>
       <c r="D333" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
-[...6 lines deleted...]
-      </c>
+          <t>grand quartier, commune et arrondissement</t>
+        </is>
+      </c>
+      <c r="E333" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Contexte &gt; ALD et C2S</t>
+          <t>Autres professions &gt; Contexte &gt; Zonages administratifs et d'étude</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Part des bénéficiaires de la Complémentaire Santé Solidaire dans la population</t>
+          <t>Bassins de vie / Cantons-villes</t>
         </is>
       </c>
       <c r="C334" s="1" t="inlineStr">
         <is>
-          <t>SNDS - INSEE</t>
+          <t>Insee, Ministère</t>
         </is>
       </c>
       <c r="D334" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
-[...6 lines deleted...]
-      </c>
+          <t>grand quartier, commune et arrondissement, bassin de vie / canton-ville</t>
+        </is>
+      </c>
+      <c r="E334" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Contexte &gt; Zonages administratifs et d'étude</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Communes et arrondissements</t>
+          <t>Cantons</t>
         </is>
       </c>
       <c r="C335" s="1" t="inlineStr">
         <is>
           <t>COG</t>
         </is>
       </c>
       <c r="D335" s="1" t="inlineStr">
         <is>
-          <t>grand quartier, commune et arrondissement</t>
+          <t>grand quartier, commune et arrondissement, commune, canton-ville</t>
         </is>
       </c>
       <c r="E335" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Contexte &gt; Zonages administratifs et d'étude</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Bassins de vie / Cantons-villes</t>
+          <t>Typologie communale de l'accessibilité aux soins de premier recours en France</t>
         </is>
       </c>
       <c r="C336" s="1" t="inlineStr">
         <is>
-          <t>Insee, Ministère</t>
+          <t>IRDES/EHESP</t>
         </is>
       </c>
       <c r="D336" s="1" t="inlineStr">
         <is>
-          <t>grand quartier, commune et arrondissement, bassin de vie / canton-ville</t>
+          <t>commune et arrondissement</t>
         </is>
       </c>
       <c r="E336" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Contexte &gt; Zonages administratifs et d'étude</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Cantons</t>
+          <t>Départements</t>
         </is>
       </c>
       <c r="C337" s="1" t="inlineStr">
         <is>
           <t>COG</t>
         </is>
       </c>
       <c r="D337" s="1" t="inlineStr">
         <is>
-          <t>grand quartier, commune et arrondissement, commune, canton-ville</t>
+          <t>grand quartier, commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, arrondissement départemental, département</t>
         </is>
       </c>
       <c r="E337" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="inlineStr">
         <is>
           <t>Autres professions &gt; Contexte &gt; Zonages administratifs et d'étude</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Typologie communale de l'accessibilité aux soins de premier recours en France</t>
+          <t>Zonage conventionnel des masseurs-kinésithérapeutes</t>
         </is>
       </c>
       <c r="C338" s="1" t="inlineStr">
         <is>
-          <t>IRDES/EHESP</t>
+          <t>CNAMTS - ARS</t>
         </is>
       </c>
       <c r="D338" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E338" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Contexte &gt; Zonages administratifs et d'étude</t>
+          <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Départements</t>
+          <t>Nombre de bénéficiaires d'actes de sages-femmes</t>
         </is>
       </c>
       <c r="C339" s="1" t="inlineStr">
         <is>
-          <t>COG</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D339" s="1" t="inlineStr">
         <is>
-          <t>grand quartier, commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, arrondissement départemental, département</t>
-[...2 lines deleted...]
-      <c r="E339" s="1"/>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+        </is>
+      </c>
+      <c r="E339" s="1" t="inlineStr">
+        <is>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Contexte &gt; Zonages administratifs et d'étude</t>
+          <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Communautés de communes (EPCI)</t>
+          <t>Part des bénéficiaires de soins de sages-femmes dans la population féminine</t>
         </is>
       </c>
       <c r="C340" s="1" t="inlineStr">
         <is>
-          <t>COG</t>
+          <t>SNDS - INSEE</t>
         </is>
       </c>
       <c r="D340" s="1" t="inlineStr">
         <is>
-          <t>grand quartier, commune et arrondissement, commune, EPCI</t>
-[...2 lines deleted...]
-      <c r="E340" s="1"/>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+        </is>
+      </c>
+      <c r="E340" s="1" t="inlineStr">
+        <is>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Contexte &gt; Zonages administratifs et d'étude</t>
+          <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Régions</t>
+          <t>Répartition des bénéficiaires d'actes de sages-femmes par tranche d'âge</t>
         </is>
       </c>
       <c r="C341" s="1" t="inlineStr">
         <is>
-          <t>COG</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D341" s="1" t="inlineStr">
         <is>
-          <t>grand quartier, commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
-[...2 lines deleted...]
-      <c r="E341" s="1"/>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+        </is>
+      </c>
+      <c r="E341" s="1" t="inlineStr">
+        <is>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Contexte &gt; Zonages administratifs et d'étude</t>
+          <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Territoire de vie-santé</t>
+          <t>Nombre d'actes de sages-femmes consommés par tranche d'âge de bénéficiaires</t>
         </is>
       </c>
       <c r="C342" s="1" t="inlineStr">
         <is>
-          <t>Insee</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D342" s="1" t="inlineStr">
         <is>
-          <t>grand quartier, commune et arrondissement, territoire de vie-santé</t>
-[...2 lines deleted...]
-      <c r="E342" s="1"/>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+        </is>
+      </c>
+      <c r="E342" s="1" t="inlineStr">
+        <is>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Contexte &gt; Zonages administratifs et d'étude</t>
+          <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Zonage conventionnel MG La Réunion</t>
+          <t>Répartition des actes des sages-femmes par tranche d'âge des bénéficiaires</t>
         </is>
       </c>
       <c r="C343" s="1" t="inlineStr">
         <is>
-          <t>ARS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D343" s="1" t="inlineStr">
         <is>
-          <t>grand quartier</t>
-[...2 lines deleted...]
-      <c r="E343" s="1"/>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+        </is>
+      </c>
+      <c r="E343" s="1" t="inlineStr">
+        <is>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Contexte &gt; Zonages administratifs et d'étude</t>
+          <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Territoires au sein desquels l'accès au médicament pour la population n'est pas assuré de manière satisfaisante</t>
+          <t>Nombre moyen d'actes de sages-femmes consommés par bénéficiaire</t>
         </is>
       </c>
       <c r="C344" s="1" t="inlineStr">
         <is>
-          <t>ARS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D344" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
-[...2 lines deleted...]
-      <c r="E344" s="1"/>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+        </is>
+      </c>
+      <c r="E344" s="1" t="inlineStr">
+        <is>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Contexte &gt; Zonages administratifs et d'étude</t>
+          <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Zones d'emploi 2010</t>
+          <t>Nombre de bénéficiaires d'au moins une consultation de sages-femmes</t>
         </is>
       </c>
       <c r="C345" s="1" t="inlineStr">
         <is>
-          <t>COG</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D345" s="1" t="inlineStr">
         <is>
-          <t>grand quartier, commune et arrondissement, commune, zone d'emploi</t>
-[...2 lines deleted...]
-      <c r="E345" s="1"/>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+        </is>
+      </c>
+      <c r="E345" s="1" t="inlineStr">
+        <is>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>Autres professions &gt; Contexte &gt; Zonages administratifs et d'étude</t>
+          <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Zonage conventionnel des infirmiers</t>
+          <t>Part de bénéficiaires de consultations de sages-femmes parmi les bénéficiaires d'actes de sages-femmes</t>
         </is>
       </c>
       <c r="C346" s="1" t="inlineStr">
         <is>
-          <t>CNAMTS - ARS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D346" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
-[...2 lines deleted...]
-      <c r="E346" s="1"/>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+        </is>
+      </c>
+      <c r="E346" s="1" t="inlineStr">
+        <is>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires d'actes de sages-femmes</t>
+          <t>Nombre de consultations de sages-femmes consommées</t>
         </is>
       </c>
       <c r="C347" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D347" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E347" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Part des bénéficiaires de soins de sages-femmes dans la population féminine</t>
+          <t>Part des consultations de sages-femmes consommées par les bénéficiaires du territoire</t>
         </is>
       </c>
       <c r="C348" s="1" t="inlineStr">
         <is>
-          <t>SNDS - INSEE</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D348" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E348" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Répartition des bénéficiaires d'actes de sages-femmes par tranche d'âge</t>
+          <t>Nombre de bénéficiaires de visites de sages-femmes</t>
         </is>
       </c>
       <c r="C349" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D349" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E349" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes de sages-femmes consommés par tranche d'âge de bénéficiaires</t>
+          <t>Part de bénéficiaires de visites de sages-femmes parmi les bénéficiaires d'actes de sages-femmes</t>
         </is>
       </c>
       <c r="C350" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D350" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E350" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Répartition des actes des sages-femmes par tranche d'âge des bénéficiaires</t>
+          <t>Nombre de visites de sages-femmes consommées</t>
         </is>
       </c>
       <c r="C351" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D351" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E351" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Nombre moyen d'actes de sages-femmes consommés par bénéficiaire</t>
+          <t>Part des visites de sages-femmes consommées par les bénéficiaires du territoire</t>
         </is>
       </c>
       <c r="C352" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D352" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E352" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires d'au moins une consultation de sages-femmes</t>
+          <t>Nombre de bénéficiaires d'actes de sages-femmes</t>
         </is>
       </c>
       <c r="C353" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D353" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E353" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Part de bénéficiaires de consultations de sages-femmes parmi les bénéficiaires d'actes de sages-femmes</t>
+          <t>Part des bénéficiaires d'actes de sages-femmes</t>
         </is>
       </c>
       <c r="C354" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D354" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E354" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Nombre de consultations de sages-femmes consommées</t>
+          <t>Nombre total d'actes de sages-femmes consommés</t>
         </is>
       </c>
       <c r="C355" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D355" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E355" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Part des consultations de sages-femmes consommées par les bénéficiaires du territoire</t>
+          <t>Part des actes de sages-femmes consommés par les bénéficiaires du territoire</t>
         </is>
       </c>
       <c r="C356" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D356" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E356" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires de visites de sages-femmes</t>
+          <t>Nombre d'actes techniques (CCAM) consommés par spécialité de l'exécutant</t>
         </is>
       </c>
       <c r="C357" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D357" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E357" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Part de bénéficiaires de visites de sages-femmes parmi les bénéficiaires d'actes de sages-femmes</t>
+          <t>Nombre de naissances domiciliées</t>
         </is>
       </c>
       <c r="C358" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>INSEE</t>
         </is>
       </c>
       <c r="D358" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E358" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
+          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Nombre de visites de sages-femmes consommées</t>
+          <t>Nombre de sages-femmes libérales par tranche d'âge en activité au 31/12/AA</t>
         </is>
       </c>
       <c r="C359" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS (FNPS)</t>
         </is>
       </c>
       <c r="D359" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E359" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
+          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Part des visites de sages-femmes consommées par les bénéficiaires du territoire</t>
+          <t>Répartition des sages-femmes libérales par tranche d'âge</t>
         </is>
       </c>
       <c r="C360" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS (FNPS)</t>
         </is>
       </c>
       <c r="D360" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E360" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
+          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires d'actes de sages-femmes</t>
+          <t>Part de femmes sages-femmes libérales</t>
         </is>
       </c>
       <c r="C361" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS (FNPS)</t>
         </is>
       </c>
       <c r="D361" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E361" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
+          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Part des bénéficiaires d'actes de sages-femmes</t>
+          <t>Densité de sages-femmes libérales pour 10 000 femmes</t>
         </is>
       </c>
       <c r="C362" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS (FNPS) &amp; INSEE</t>
         </is>
       </c>
       <c r="D362" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E362" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
+          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Nombre total d'actes de sages-femmes consommés</t>
+          <t>Evolution du nombre de sages-femmes libérales sur 5 ans</t>
         </is>
       </c>
       <c r="C363" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS (FNPS)</t>
         </is>
       </c>
       <c r="D363" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E363" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
+          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Part des actes de sages-femmes consommés par les bénéficiaires du territoire</t>
+          <t>Accessibilité Potentielle Localisée - Sages-femmes</t>
         </is>
       </c>
       <c r="C364" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>DREES - IRDES</t>
         </is>
       </c>
       <c r="D364" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E364" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2023, 2022, 2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
+          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes techniques (CCAM) consommés par spécialité de l'exécutant</t>
+          <t>Nbre de cabinets secondaires sages-femmes libérales</t>
         </is>
       </c>
       <c r="C365" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS (FNPS)</t>
         </is>
       </c>
       <c r="D365" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E365" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Consommation de soins libérale</t>
+          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Nombre de naissances domiciliées</t>
+          <t>Nombre de gynécologues obstétriciens libéraux au 31/12/AA</t>
         </is>
       </c>
       <c r="C366" s="1" t="inlineStr">
         <is>
-          <t>INSEE</t>
+          <t>SNDS (FNPS)</t>
         </is>
       </c>
       <c r="D366" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E366" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Nombre de sages-femmes libérales par tranche d'âge en activité au 31/12/AA</t>
+          <t>Nombre de médecins généralistes libéraux au 31/12/AA</t>
         </is>
       </c>
       <c r="C367" s="1" t="inlineStr">
         <is>
           <t>SNDS (FNPS)</t>
         </is>
       </c>
       <c r="D367" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E367" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Répartition des sages-femmes libérales par tranche d'âge</t>
+          <t>Nombre de sages-femmes libérales qui réalisent des échographies</t>
         </is>
       </c>
       <c r="C368" s="1" t="inlineStr">
         <is>
-          <t>SNDS (FNPS)</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D368" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E368" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Part de femmes sages-femmes libérales</t>
+          <t>Nombre de professionnels libéraux (MG, Gynéco-obst, SF, radiologue) qui réalisent des échographies</t>
         </is>
       </c>
       <c r="C369" s="1" t="inlineStr">
         <is>
-          <t>SNDS (FNPS)</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D369" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E369" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Densité de sages-femmes libérales pour 10 000 femmes</t>
+          <t>Localisation des maternités par niveau et des maisons de naissance de métropole</t>
         </is>
       </c>
       <c r="C370" s="1" t="inlineStr">
         <is>
-          <t>SNDS (FNPS) &amp; INSEE</t>
+          <t>Finess au 09/01/2020 - Ministère</t>
         </is>
       </c>
       <c r="D370" s="1" t="inlineStr">
         <is>
-          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E370" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2021, 2020, 2018</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
+          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Evolution du nombre de sages-femmes libérales sur 5 ans</t>
+          <t>Nombre de sages-femmes libérales actives toute l'année</t>
         </is>
       </c>
       <c r="C371" s="1" t="inlineStr">
         <is>
-          <t>SNDS (FNPS)</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D371" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E371" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
+          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Zonage conventionnel des sages-femmes</t>
+          <t>Nombre d'actes de soins sages-femmes libérales produits</t>
         </is>
       </c>
       <c r="C372" s="1" t="inlineStr">
         <is>
-          <t>CNAMTS - ARS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D372" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
-[...2 lines deleted...]
-      <c r="E372" s="1"/>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+        </is>
+      </c>
+      <c r="E372" s="1" t="inlineStr">
+        <is>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
+          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Accessibilité Potentielle Localisée - Sages-femmes</t>
+          <t>Activité moyenne par sage-femme libérale</t>
         </is>
       </c>
       <c r="C373" s="1" t="inlineStr">
         <is>
-          <t>DREES - IRDES</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D373" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E373" s="1" t="inlineStr">
         <is>
-          <t>2023, 2022, 2021</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
+          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Nbre de cabinets secondaires sages-femmes libérales</t>
+          <t>Nombre de consultations produites par les sages-femmes libérales</t>
         </is>
       </c>
       <c r="C374" s="1" t="inlineStr">
         <is>
-          <t>SNDS (FNPS)</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D374" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E374" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
+          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Nombre de gynécologues obstétriciens libéraux au 31/12/AA</t>
+          <t>Part des consultations dans l'activité totale des sages-femmes libérales</t>
         </is>
       </c>
       <c r="C375" s="1" t="inlineStr">
         <is>
-          <t>SNDS (FNPS)</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D375" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E375" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
+          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Nombre de médecins généralistes libéraux au 31/12/AA</t>
+          <t>Nombre moyen de consultations par sage-femme libérale</t>
         </is>
       </c>
       <c r="C376" s="1" t="inlineStr">
         <is>
-          <t>SNDS (FNPS)</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D376" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E376" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
+          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Nombre de sages-femmes libérales qui réalisent des échographies</t>
+          <t>Nombre de visites produites par les sages-femmes libérales</t>
         </is>
       </c>
       <c r="C377" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D377" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E377" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
+          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Nombre de professionnels libéraux (MG, Gynéco-obst, SF, radiologue) qui réalisent des échographies</t>
+          <t>Part des visites de sages-femmes libérales dans l'activité totale</t>
         </is>
       </c>
       <c r="C378" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D378" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E378" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Offre de soins</t>
+          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Localisation des maternités par niveau et des maisons de naissance de métropole</t>
+          <t>Nombre moyen de visites par sage-femme libérale</t>
         </is>
       </c>
       <c r="C379" s="1" t="inlineStr">
         <is>
-          <t>Finess au 09/01/2020 - Ministère</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D379" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E379" s="1" t="inlineStr">
         <is>
-          <t>2021, 2020, 2018</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Nombre de sages-femmes libérales actives toute l'année</t>
+          <t>Nombre d'actes SF produits par les sages-femmes libérales</t>
         </is>
       </c>
       <c r="C380" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D380" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E380" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes de soins sages-femmes libérales produits</t>
+          <t>Parts des actes SF dans l'activité totale des sages-femmes libérales</t>
         </is>
       </c>
       <c r="C381" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D381" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E381" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Activité moyenne par sage-femme libérale</t>
+          <t>Nombre moyen d'actes SF par sage-femme libérale</t>
         </is>
       </c>
       <c r="C382" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D382" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E382" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Nombre de consultations produites par les sages-femmes libérales</t>
+          <t>Coefficient total d'actes SF produits par les sages-femmes libérales</t>
         </is>
       </c>
       <c r="C383" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D383" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E383" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Part des consultations dans l'activité totale des sages-femmes libérales</t>
+          <t>Moyenne des coefficients d'actes SF par sage-femme libérale</t>
         </is>
       </c>
       <c r="C384" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D384" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E384" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Nombre moyen de consultations par sage-femme libérale</t>
+          <t>Nombre de préparations à l'accouchement de sages-femmes libérales</t>
         </is>
       </c>
       <c r="C385" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D385" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E385" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Nombre de visites produites par les sages-femmes libérales</t>
+          <t>Part des préparations à l'accouchement dans l'activité totale des sages-femmes libérales</t>
         </is>
       </c>
       <c r="C386" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D386" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E386" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Part des visites de sages-femmes libérales dans l'activité totale</t>
+          <t>Nombre d'échographies réalisées par les sages-femmes libérales</t>
         </is>
       </c>
       <c r="C387" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D387" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E387" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Nombre moyen de visites par sage-femme libérale</t>
+          <t>Nombre moyen d'échographies par sage-femme libérale</t>
         </is>
       </c>
       <c r="C388" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D388" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E388" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes SF produits par les sages-femmes libérales</t>
+          <t>Part des sages-femmes libérales réalisant des échographies</t>
         </is>
       </c>
       <c r="C389" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D389" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E389" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Parts des actes SF dans l'activité totale des sages-femmes libérales</t>
+          <t>Part des indemnités de déplacements (IF+IK) dans les honoraires des sages-femmes libérales</t>
         </is>
       </c>
       <c r="C390" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D390" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E390" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Nombre moyen d'actes SF par sage-femme libérale</t>
+          <t>Nombre d'échographies réalisées par des centres de santé</t>
         </is>
       </c>
       <c r="C391" s="1" t="inlineStr">
         <is>
           <t>SNDS</t>
         </is>
       </c>
       <c r="D391" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E391" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
+          <t>1er recours &gt; Sages-femmes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Coefficient total d'actes SF produits par les sages-femmes libérales</t>
+          <t>Distance à la plus proche sage-femme libérale</t>
         </is>
       </c>
       <c r="C392" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS (FNPS) &amp; Insee Distancier Métric - ARS</t>
         </is>
       </c>
       <c r="D392" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E392" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
+          <t>1er recours &gt; Sages-femmes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Moyenne des coefficients d'actes SF par sage-femme libérale</t>
+          <t>Temps d'accès à la sage-femme libérale la plus proche en minutes</t>
         </is>
       </c>
       <c r="C393" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS (FNPS) &amp; Insee Distancier Métric - Calculs ARS</t>
         </is>
       </c>
       <c r="D393" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E393" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
+          <t>1er recours &gt; Sages-femmes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Nombre de préparations à l'accouchement de sages-femmes libérales</t>
+          <t>Pôles d'attraction des sages-femmes</t>
         </is>
       </c>
       <c r="C394" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS hors SLM</t>
         </is>
       </c>
       <c r="D394" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E394" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
+          <t>1er recours &gt; Sages-femmes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Part des préparations à l'accouchement dans l'activité totale des sages-femmes libérales</t>
+          <t>Consommation intra-communale sages-femmes</t>
         </is>
       </c>
       <c r="C395" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS hors SLM</t>
         </is>
       </c>
       <c r="D395" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E395" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
+          <t>1er recours &gt; Sages-femmes &gt; Accès aux soins libéraux</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'échographies réalisées par les sages-femmes libérales</t>
+          <t>Nombre d'actes intra-communaux sages-femmes consommés</t>
         </is>
       </c>
       <c r="C396" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS hors SLM</t>
         </is>
       </c>
       <c r="D396" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E396" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
+          <t>1er recours &gt; PHARMACIES</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Nombre moyen d'échographies par sage-femme libérale</t>
+          <t>Nombre de pharmacies au 31/12</t>
         </is>
       </c>
       <c r="C397" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D397" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E397" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
+          <t>1er recours &gt; PHARMACIES</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Part des sages-femmes libérales réalisant des échographies</t>
+          <t>Densité des pharmacies pour 10 000 habitants.</t>
         </is>
       </c>
       <c r="C398" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS - INSEE</t>
         </is>
       </c>
       <c r="D398" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E398" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
+          <t>1er recours &gt; PHARMACIES</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Part des indemnités de déplacements (IF+IK) dans les honoraires des sages-femmes libérales</t>
+          <t>Evolution du nombre de pharmacies sur 5 ans</t>
         </is>
       </c>
       <c r="C399" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D399" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E399" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Activité libérale + centres de santé</t>
+          <t>1er recours &gt; PHARMACIES</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'échographies réalisées par des centres de santé</t>
+          <t>Distance à la pharmacie la plus proche</t>
         </is>
       </c>
       <c r="C400" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>SNDS - METRIC OSRM</t>
         </is>
       </c>
       <c r="D400" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement</t>
         </is>
       </c>
       <c r="E400" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Accès aux soins libéraux</t>
+          <t>1er recours &gt; PHARMACIES</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Distance à la plus proche sage-femme libérale</t>
+          <t>Temps d'accès à la pharmacie la plus proche</t>
         </is>
       </c>
       <c r="C401" s="1" t="inlineStr">
         <is>
-          <t>SNDS (FNPS) &amp; Insee Distancier Métric - ARS</t>
+          <t>SNDS - METRIC OSRM</t>
         </is>
       </c>
       <c r="D401" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune et arrondissement</t>
         </is>
       </c>
       <c r="E401" s="1" t="inlineStr">
         <is>
           <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Accès aux soins libéraux</t>
+          <t>1er recours &gt; PHARMACIES</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Temps d'accès à la sage-femme libérale la plus proche en minutes</t>
+          <t>Nombre total de bénéfiaires de pharmacie</t>
         </is>
       </c>
       <c r="C402" s="1" t="inlineStr">
         <is>
-          <t>SNDS (FNPS) &amp; Insee Distancier Métric - Calculs ARS</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D402" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E402" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Accès aux soins libéraux</t>
+          <t>1er recours &gt; Contexte &gt; Population INSEE</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Pôles d'attraction des sages-femmes</t>
+          <t>Part de la population par CSP</t>
         </is>
       </c>
       <c r="C403" s="1" t="inlineStr">
         <is>
-          <t>SNDS hors SLM</t>
+          <t>INSEE</t>
         </is>
       </c>
       <c r="D403" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E403" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2010, 2009, 2008</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Accès aux soins libéraux</t>
+          <t>1er recours &gt; Contexte &gt; Population INSEE</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Consommation intra-communale sages-femmes</t>
+          <t>Population féminine</t>
         </is>
       </c>
       <c r="C404" s="1" t="inlineStr">
         <is>
-          <t>SNDS hors SLM</t>
+          <t>INSEE</t>
         </is>
       </c>
       <c r="D404" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E404" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 1999</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Sages-femmes &gt; Accès aux soins libéraux</t>
+          <t>1er recours &gt; Contexte &gt; Equipements scolaires</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'actes intra-communaux sages-femmes consommés</t>
+          <t>Nombre d'écoles élémentaires</t>
         </is>
       </c>
       <c r="C405" s="1" t="inlineStr">
         <is>
-          <t>SNDS hors SLM</t>
+          <t>Ministère de l'Education Nationale et de la Jeunesse, DEPP</t>
         </is>
       </c>
       <c r="D405" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>commune, canton-ville, EPCI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E405" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017</t>
+          <t>2021-2022, 2020-2021, 2019-2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; PHARMACIES</t>
+          <t>1er recours &gt; Contexte &gt; Equipements scolaires</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Densité des pharmacies pour 10 000 habitants.</t>
+          <t>Nombre de collèges</t>
         </is>
       </c>
       <c r="C406" s="1" t="inlineStr">
         <is>
-          <t>SNDS - INSEE</t>
+          <t>Ministère de l'Education Nationale et de la Jeunesse, DEPP</t>
         </is>
       </c>
       <c r="D406" s="1" t="inlineStr">
         <is>
-          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune, canton-ville, EPCI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E406" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2021-2022, 2020-2021, 2019-2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; PHARMACIES</t>
+          <t>1er recours &gt; Contexte &gt; Accès aux autres soins</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Evolution du nombre de pharmacies sur 5 ans</t>
+          <t>Temps d'accès aux professionnels libéraux en minutes</t>
         </is>
       </c>
       <c r="C407" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>FNPS - INSEE-Distancier METRIC / Calculs ARS</t>
         </is>
       </c>
       <c r="D407" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement</t>
         </is>
       </c>
       <c r="E407" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; PHARMACIES</t>
+          <t>1er recours &gt; Contexte &gt; Accès aux autres soins</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Distance à la pharmacie la plus proche</t>
+          <t>Distance à la structure la plus proche</t>
         </is>
       </c>
       <c r="C408" s="1" t="inlineStr">
         <is>
-          <t>SNDS - METRIC OSRM</t>
+          <t>FINESS - SAE - ARS - INSEE-Distancier METRIC / Calculs ARS</t>
         </is>
       </c>
       <c r="D408" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement</t>
         </is>
       </c>
       <c r="E408" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; PHARMACIES</t>
+          <t>1er recours &gt; Contexte &gt; Accès aux autres soins</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Temps d'accès à la pharmacie la plus proche</t>
+          <t>Dénombrement des professionnels et structures libéraux</t>
         </is>
       </c>
       <c r="C409" s="1" t="inlineStr">
         <is>
-          <t>SNDS - METRIC OSRM</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D409" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E409" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; PHARMACIES</t>
+          <t>1er recours &gt; Contexte &gt; Accès aux autres soins</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Nombre total de bénéfiaires de pharmacie</t>
+          <t>Densité des PS libéraux (en cabinet principal) pour 100 000 habitants (ou femmes de plus de 15 ans pour la gynécologie ou enfants de moins de 15 ans pour la pédiatrie)</t>
         </is>
       </c>
       <c r="C410" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>FNPS - INSEE</t>
         </is>
       </c>
       <c r="D410" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E410" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Contexte &gt; Population INSEE</t>
+          <t>1er recours &gt; Contexte &gt; Accès aux autres soins</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Population totale par tranche d'âge</t>
+          <t>Evolution des professionnels libéraux en cabinet principal sur 5 ans</t>
         </is>
       </c>
       <c r="C411" s="1" t="inlineStr">
         <is>
-          <t>INSEE</t>
+          <t>FNPS</t>
         </is>
       </c>
       <c r="D411" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E411" s="1" t="inlineStr">
         <is>
-          <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 1999</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Contexte &gt; Population INSEE</t>
+          <t>1er recours &gt; Contexte &gt; Consommation d'autres soins</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Part de la population par tranche d'âge</t>
+          <t>Nombre total de bénéficiaires d'actes de spécialistes</t>
         </is>
       </c>
       <c r="C412" s="1" t="inlineStr">
         <is>
-          <t>INSEE</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D412" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E412" s="1" t="inlineStr">
         <is>
-          <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 1999</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Contexte &gt; Population INSEE</t>
+          <t>1er recours &gt; Contexte &gt; Consommation d'autres soins</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'habitants par Catégorie socio-professionnelle</t>
+          <t>Part de bénéficiaires d'actes de spécialistes par rapport au nombre d'habitants</t>
         </is>
       </c>
       <c r="C413" s="1" t="inlineStr">
         <is>
-          <t>INSEE</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D413" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E413" s="1" t="inlineStr">
         <is>
-          <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2010, 2009, 2008</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Contexte &gt; Population INSEE</t>
+          <t>1er recours &gt; Contexte &gt; Consommation d'autres soins</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Population féminine</t>
+          <t>Part de bénéficiaires d'actes de biologie par rapport au nombre d'habitants</t>
         </is>
       </c>
       <c r="C414" s="1" t="inlineStr">
         <is>
-          <t>INSEE</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D414" s="1" t="inlineStr">
         <is>
           <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E414" s="1" t="inlineStr">
         <is>
-          <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 1999</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Contexte &gt; Equipements scolaires</t>
+          <t>1er recours &gt; Contexte &gt; Consommation d'autres soins</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Nombre d'écoles maternelles</t>
+          <t>Part de bénéficiaires de pharmacie par rapport au nombre d'habitants</t>
         </is>
       </c>
       <c r="C415" s="1" t="inlineStr">
         <is>
-          <t>Ministère de l'Education Nationale et de la Jeunesse, DEPP</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D415" s="1" t="inlineStr">
         <is>
-          <t>commune, canton-ville, EPCI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E415" s="1" t="inlineStr">
         <is>
-          <t>2021-2022, 2020-2021, 2019-2020</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Contexte &gt; Equipements scolaires</t>
+          <t>1er recours &gt; Contexte &gt; Consommation d'autres soins</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Nombre de collèges</t>
+          <t>Part de bénéficiaires d'actes d'orthodontie faciale par rapport au nombre d'habitants</t>
         </is>
       </c>
       <c r="C416" s="1" t="inlineStr">
         <is>
-          <t>Ministère de l'Education Nationale et de la Jeunesse, DEPP</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D416" s="1" t="inlineStr">
         <is>
-          <t>commune, canton-ville, EPCI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E416" s="1" t="inlineStr">
         <is>
-          <t>2021-2022, 2020-2021, 2019-2020</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Contexte &gt; Equipements scolaires</t>
+          <t>1er recours &gt; Contexte &gt; ALD et C2S</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Nombre de lycées (général, technologique et/ou professionnel)</t>
+          <t>Part des bénéficiaires en ALD dans la population</t>
         </is>
       </c>
       <c r="C417" s="1" t="inlineStr">
         <is>
-          <t>Ministère de l'Education Nationale et de la Jeunesse, DEPP</t>
+          <t>SNDS</t>
         </is>
       </c>
       <c r="D417" s="1" t="inlineStr">
         <is>
-          <t>commune, canton-ville, EPCI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
         </is>
       </c>
       <c r="E417" s="1" t="inlineStr">
         <is>
-          <t>2021-2022, 2020-2021, 2019-2020</t>
+          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2004</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Contexte &gt; Accès aux autres soins</t>
+          <t>1er recours &gt; Contexte &gt; Zonages administratifs et d'étude</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Commune du professionnel de santé libéral le plus proche</t>
+          <t>Régions</t>
         </is>
       </c>
       <c r="C418" s="1" t="inlineStr">
         <is>
-          <t>FNPS - NSEE-Distancier METRIC / Calculs ARS</t>
+          <t>COG</t>
         </is>
       </c>
       <c r="D418" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
-[...6 lines deleted...]
-      </c>
+          <t>grand quartier, commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+        </is>
+      </c>
+      <c r="E418" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Contexte &gt; Accès aux autres soins</t>
+          <t>1er recours &gt; Contexte &gt; Zonages administratifs et d'étude</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Nombre de spécialistes libéraux par classe d'âge (Cabinet principal)</t>
+          <t>Territoire de vie-santé</t>
         </is>
       </c>
       <c r="C419" s="1" t="inlineStr">
         <is>
-          <t>FNPS</t>
+          <t>Insee</t>
         </is>
       </c>
       <c r="D419" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
-[...6 lines deleted...]
-      </c>
+          <t>grand quartier, commune et arrondissement, territoire de vie-santé</t>
+        </is>
+      </c>
+      <c r="E419" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Contexte &gt; Accès aux autres soins</t>
+          <t>1er recours &gt; Contexte &gt; Zonages administratifs et d'étude</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Densité des PS libéraux (en cabinet principal) pour 100 000 habitants (ou femmes de plus de 15 ans pour la gynécologie ou enfants de moins de 15 ans pour la pédiatrie)</t>
+          <t>Zonage conventionnel chirurgien-dentiste La Réunion</t>
         </is>
       </c>
       <c r="C420" s="1" t="inlineStr">
         <is>
-          <t>FNPS - INSEE</t>
+          <t>ARS</t>
         </is>
       </c>
       <c r="D420" s="1" t="inlineStr">
         <is>
-          <t>canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
-[...6 lines deleted...]
-      </c>
+          <t>grand quartier</t>
+        </is>
+      </c>
+      <c r="E420" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Contexte &gt; Consommation d'autres soins</t>
+          <t>1er recours &gt; Contexte &gt; Zonages administratifs et d'étude</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Nombre total de bénéficiaires d'actes de spécialistes</t>
+          <t>Zonage conventionnel des orthophonistes</t>
         </is>
       </c>
       <c r="C421" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>CNAMTS - ARS</t>
         </is>
       </c>
       <c r="D421" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
-[...6 lines deleted...]
-      </c>
+          <t>commune et arrondissement, commune</t>
+        </is>
+      </c>
+      <c r="E421" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Contexte &gt; Consommation d'autres soins</t>
+          <t>1er recours &gt; Contexte &gt; Zonages administratifs et d'étude</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Nombre total de bénéficiaires d'actes ODF (Orthodontie faciale)</t>
+          <t>Zonage conventionnel des sages-femmes</t>
         </is>
       </c>
       <c r="C422" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>CNAMTS - ARS</t>
         </is>
       </c>
       <c r="D422" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
-[...6 lines deleted...]
-      </c>
+          <t>commune et arrondissement, commune</t>
+        </is>
+      </c>
+      <c r="E422" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Contexte &gt; ALD et C2S</t>
+          <t>1er recours &gt; Contexte &gt; Zonages administratifs et d'étude</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Nombre de bénéficiaires en ALD</t>
+          <t>Territoires au sein desquels l'accès au médicament pour la population n'est pas assuré de manière satisfaisante</t>
         </is>
       </c>
       <c r="C423" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>ARS</t>
         </is>
       </c>
       <c r="D423" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
-[...6 lines deleted...]
-      </c>
+          <t>commune et arrondissement, commune</t>
+        </is>
+      </c>
+      <c r="E423" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>1er recours &gt; Contexte &gt; ALD et C2S</t>
+          <t>1er recours &gt; Contexte &gt; Zonages administratifs et d'étude</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Part des bénéficiaires en ALD dans la population</t>
+          <t>Classement des communes en zone de revitalisation rurale - ZRR</t>
         </is>
       </c>
       <c r="C424" s="1" t="inlineStr">
         <is>
-          <t>SNDS</t>
+          <t>CGET, arrêtés établis entre 1995 et 2018</t>
         </is>
       </c>
       <c r="D424" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune, canton-ville, EPCI, code géographique PMSI, territoire de vie-santé, bassin de vie / canton-ville, bassin de vie, zone d'emploi, arrondissement départemental, collectivité à compétence départementale, territoire de démocratie sanitaire, département, région</t>
+          <t>commune et arrondissement, commune</t>
         </is>
       </c>
       <c r="E424" s="1" t="inlineStr">
         <is>
-          <t>2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2004</t>
+          <t>2018</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Contexte &gt; Zonages administratifs et d'étude</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Zonage conventionnel des médecins généralistes - QPV</t>
+          <t>Communautés de communes (EPCI)</t>
         </is>
       </c>
       <c r="C425" s="1" t="inlineStr">
         <is>
-          <t>ARS</t>
+          <t>COG</t>
         </is>
       </c>
       <c r="D425" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
+          <t>grand quartier, commune et arrondissement, commune, EPCI</t>
         </is>
       </c>
       <c r="E425" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Contexte &gt; Zonages administratifs et d'étude</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Classement des communes en zone de revitalisation rurale - ZRR</t>
+          <t>Bassins de vie 2022</t>
         </is>
       </c>
       <c r="C426" s="1" t="inlineStr">
         <is>
-          <t>CGET, arrêtés établis entre 1995 et 2018</t>
+          <t>COG</t>
         </is>
       </c>
       <c r="D426" s="1" t="inlineStr">
         <is>
-          <t>commune et arrondissement, commune</t>
-[...6 lines deleted...]
-      </c>
+          <t>grand quartier, commune et arrondissement, commune, bassin de vie</t>
+        </is>
+      </c>
+      <c r="E426" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="1" t="inlineStr">
         <is>
           <t>1er recours &gt; Contexte &gt; Zonages administratifs et d'étude</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Bassins de vie 2022</t>
+          <t>Zones d'emploi 2010</t>
         </is>
       </c>
       <c r="C427" s="1" t="inlineStr">
         <is>
           <t>COG</t>
         </is>
       </c>
       <c r="D427" s="1" t="inlineStr">
         <is>
-          <t>grand quartier, commune et arrondissement, commune, bassin de vie</t>
+          <t>grand quartier, commune et arrondissement, commune, zone d'emploi</t>
         </is>
       </c>
       <c r="E427" s="1"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:E427"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">